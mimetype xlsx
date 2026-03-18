--- v0 (2025-10-31)
+++ v1 (2026-03-18)
@@ -44,51 +44,51 @@
   <si>
     <t>Backlit (incl.derulabil)</t>
   </si>
   <si>
     <t>Billboard (incl.derulabil)</t>
   </si>
   <si>
     <t>Citylight (incl.derulabil)</t>
   </si>
   <si>
     <t>Citylight - bus shelter</t>
   </si>
   <si>
     <t>Cuburi si prisme</t>
   </si>
   <si>
     <t>LCD-LED Screens</t>
   </si>
   <si>
     <t>Mesh</t>
   </si>
   <si>
     <t>Rooftop</t>
   </si>
   <si>
-    <t>Way Media SRL</t>
+    <t>Way Advertise Production SRL</t>
   </si>
   <si>
     <t>Total Orase SAO</t>
   </si>
   <si>
     <t>Rural</t>
   </si>
   <si>
     <t>Oras 50-100k locuitori</t>
   </si>
   <si>
     <t>Oras sub 50k locuitori</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>