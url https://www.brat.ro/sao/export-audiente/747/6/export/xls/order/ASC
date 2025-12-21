--- v0 (2025-10-26)
+++ v1 (2025-12-21)
@@ -119,87 +119,87 @@
   <si>
     <t>Iasi</t>
   </si>
   <si>
     <t>Oradea</t>
   </si>
   <si>
     <t>Pitesti</t>
   </si>
   <si>
     <t>Ploiesti</t>
   </si>
   <si>
     <t>Sibiu</t>
   </si>
   <si>
     <t>Suceava</t>
   </si>
   <si>
     <t>Targu Mures</t>
   </si>
   <si>
     <t>Timisoara</t>
   </si>
   <si>
-    <t>15.33%</t>
-[...2 lines deleted...]
-    <t>72.46%</t>
+    <t>16.15%</t>
+  </si>
+  <si>
+    <t>72.79%</t>
   </si>
   <si>
     <t>68.18%</t>
   </si>
   <si>
     <t>43.35%</t>
   </si>
   <si>
-    <t>14.51%</t>
-[...2 lines deleted...]
-    <t>71.44%</t>
+    <t>15.46%</t>
+  </si>
+  <si>
+    <t>71.97%</t>
   </si>
   <si>
     <t>Total orase SAO</t>
   </si>
   <si>
-    <t>0.90%</t>
-[...5 lines deleted...]
-    <t>6.55%</t>
+    <t>0.95%</t>
+  </si>
+  <si>
+    <t>3.70%</t>
+  </si>
+  <si>
+    <t>6.17%</t>
   </si>
   <si>
     <t>2.21%</t>
   </si>
   <si>
-    <t>0.85%</t>
-[...2 lines deleted...]
-    <t>3.64%</t>
+    <t>0.91%</t>
+  </si>
+  <si>
+    <t>3.66%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2709,66 +2709,66 @@
       <c r="E73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73" t="s">
         <v>12</v>
       </c>
       <c r="H73" t="s">
         <v>12</v>
       </c>
       <c r="I73" t="s">
         <v>16</v>
       </c>
       <c r="J73"/>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" t="s">
         <v>9</v>
       </c>
       <c r="B74" t="s">
         <v>34</v>
       </c>
       <c r="C74">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="D74" t="s">
         <v>35</v>
       </c>
       <c r="E74">
         <v>144</v>
       </c>
       <c r="F74" t="s">
         <v>36</v>
       </c>
       <c r="G74">
-        <v>4121</v>
+        <v>4659</v>
       </c>
       <c r="H74">
-        <v>2077</v>
+        <v>2348</v>
       </c>
       <c r="I74" t="s">
         <v>13</v>
       </c>
       <c r="J74"/>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" t="s">
         <v>9</v>
       </c>
       <c r="B75" t="s">
         <v>34</v>
       </c>
       <c r="C75">
         <v>15</v>
       </c>
       <c r="D75" t="s">
         <v>37</v>
       </c>
       <c r="E75">
         <v>86</v>
       </c>
       <c r="F75" t="s">
         <v>38</v>
       </c>
@@ -2799,96 +2799,96 @@
       <c r="E76" t="s">
         <v>12</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76" t="s">
         <v>12</v>
       </c>
       <c r="H76" t="s">
         <v>12</v>
       </c>
       <c r="I76" t="s">
         <v>15</v>
       </c>
       <c r="J76"/>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" t="s">
         <v>9</v>
       </c>
       <c r="B77" t="s">
         <v>34</v>
       </c>
       <c r="C77">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="D77" t="s">
         <v>39</v>
       </c>
       <c r="E77">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F77" t="s">
         <v>40</v>
       </c>
       <c r="G77">
-        <v>3663</v>
+        <v>4201</v>
       </c>
       <c r="H77">
-        <v>1846</v>
+        <v>2117</v>
       </c>
       <c r="I77" t="s">
         <v>16</v>
       </c>
       <c r="J77"/>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" t="s">
         <v>9</v>
       </c>
       <c r="B78" t="s">
         <v>41</v>
       </c>
       <c r="C78">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="D78" t="s">
         <v>42</v>
       </c>
       <c r="E78">
         <v>144</v>
       </c>
       <c r="F78" t="s">
         <v>43</v>
       </c>
       <c r="G78">
-        <v>4121</v>
+        <v>4659</v>
       </c>
       <c r="H78">
-        <v>106</v>
+        <v>120</v>
       </c>
       <c r="I78" t="s">
         <v>13</v>
       </c>
       <c r="J78"/>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="s">
         <v>9</v>
       </c>
       <c r="B79" t="s">
         <v>41</v>
       </c>
       <c r="C79">
         <v>15</v>
       </c>
       <c r="D79" t="s">
         <v>44</v>
       </c>
       <c r="E79">
         <v>86</v>
       </c>
       <c r="F79" t="s">
         <v>45</v>
       </c>
@@ -2919,66 +2919,66 @@
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80" t="s">
         <v>12</v>
       </c>
       <c r="H80" t="s">
         <v>12</v>
       </c>
       <c r="I80" t="s">
         <v>15</v>
       </c>
       <c r="J80"/>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" t="s">
         <v>9</v>
       </c>
       <c r="B81" t="s">
         <v>41</v>
       </c>
       <c r="C81">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="D81" t="s">
         <v>46</v>
       </c>
       <c r="E81">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F81" t="s">
         <v>47</v>
       </c>
       <c r="G81">
-        <v>3663</v>
+        <v>4201</v>
       </c>
       <c r="H81">
-        <v>94</v>
+        <v>108</v>
       </c>
       <c r="I81" t="s">
         <v>16</v>
       </c>
       <c r="J81"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>