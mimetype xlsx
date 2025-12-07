--- v0 (2025-10-17)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="livrari_sao_audiente_545_6" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Nume companie</t>
   </si>
   <si>
     <t>Oras</t>
   </si>
   <si>
     <t>Panouri (total)</t>
   </si>
   <si>
     <t>Panouri (%)</t>
   </si>
   <si>
     <t>Reach (mii)</t>
   </si>
   <si>
     <t>Reach (%)</t>
   </si>
   <si>
     <t>GRP (mii)</t>
   </si>
   <si>
     <t>GRP (%)</t>
   </si>
   <si>
@@ -77,132 +77,147 @@
   <si>
     <t>Total</t>
   </si>
   <si>
     <t xml:space="preserve"> - </t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Panouri digitale</t>
   </si>
   <si>
     <t>Panouri derulabile</t>
   </si>
   <si>
     <t>Panouri statice</t>
   </si>
   <si>
     <t>Bacau</t>
   </si>
   <si>
     <t>Baia Mare</t>
   </si>
   <si>
-    <t>6.27%</t>
+    <t>6.25%</t>
   </si>
   <si>
     <t>64.94%</t>
   </si>
   <si>
-    <t>6.49%</t>
+    <t>6.46%</t>
   </si>
   <si>
     <t>Braila</t>
   </si>
   <si>
     <t>Brasov</t>
   </si>
   <si>
     <t>Bucuresti</t>
   </si>
   <si>
     <t>Buzau</t>
   </si>
   <si>
     <t>Cluj-Napoca</t>
   </si>
   <si>
     <t>Constanta</t>
   </si>
   <si>
     <t>Craiova</t>
   </si>
   <si>
     <t>Galati</t>
   </si>
   <si>
     <t>Iasi</t>
   </si>
   <si>
     <t>Oradea</t>
   </si>
   <si>
-    <t>64.34%</t>
-[...2 lines deleted...]
-    <t>87.34%</t>
+    <t>64.60%</t>
+  </si>
+  <si>
+    <t>87.33%</t>
+  </si>
+  <si>
+    <t>50.00%</t>
+  </si>
+  <si>
+    <t>7.81%</t>
+  </si>
+  <si>
+    <t>64.67%</t>
   </si>
   <si>
     <t>Pitesti</t>
   </si>
   <si>
     <t>Ploiesti</t>
   </si>
   <si>
     <t>Sibiu</t>
   </si>
   <si>
     <t>Suceava</t>
   </si>
   <si>
     <t>Targu Mures</t>
   </si>
   <si>
     <t>Timisoara</t>
   </si>
   <si>
-    <t>8.01%</t>
-[...5 lines deleted...]
-    <t>9.15%</t>
+    <t>8.25%</t>
+  </si>
+  <si>
+    <t>60.95%</t>
+  </si>
+  <si>
+    <t>9.39%</t>
   </si>
   <si>
     <t>Total orase SAO</t>
   </si>
   <si>
-    <t>3.47%</t>
-[...5 lines deleted...]
-    <t>3.95%</t>
+    <t>3.52%</t>
+  </si>
+  <si>
+    <t>7.91%</t>
+  </si>
+  <si>
+    <t>0.41%</t>
+  </si>
+  <si>
+    <t>0.29%</t>
+  </si>
+  <si>
+    <t>4.00%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1992,996 +2007,996 @@
       <c r="E49" t="s">
         <v>15</v>
       </c>
       <c r="F49" t="s">
         <v>15</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
         <v>15</v>
       </c>
       <c r="I49" t="s">
         <v>18</v>
       </c>
       <c r="J49"/>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" t="s">
         <v>9</v>
       </c>
       <c r="B50" t="s">
         <v>33</v>
       </c>
       <c r="C50">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="D50" t="s">
         <v>34</v>
       </c>
       <c r="E50">
         <v>128</v>
       </c>
       <c r="F50" t="s">
         <v>35</v>
       </c>
       <c r="G50">
-        <v>8918</v>
+        <v>9093</v>
       </c>
       <c r="H50">
-        <v>6095</v>
+        <v>6215</v>
       </c>
       <c r="I50" t="s">
         <v>13</v>
       </c>
       <c r="J50"/>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" t="s">
         <v>9</v>
       </c>
       <c r="B51" t="s">
         <v>33</v>
       </c>
-      <c r="C51" t="s">
-        <v>14</v>
+      <c r="C51">
+        <v>1</v>
       </c>
       <c r="D51" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>36</v>
+      </c>
+      <c r="E51">
+        <v>11</v>
       </c>
       <c r="F51" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>37</v>
+      </c>
+      <c r="G51">
+        <v>34</v>
+      </c>
+      <c r="H51">
+        <v>23</v>
       </c>
       <c r="I51" t="s">
         <v>16</v>
       </c>
       <c r="J51"/>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" t="s">
         <v>9</v>
       </c>
       <c r="B52" t="s">
         <v>33</v>
       </c>
       <c r="C52" t="s">
         <v>14</v>
       </c>
       <c r="D52" t="s">
         <v>15</v>
       </c>
       <c r="E52" t="s">
         <v>15</v>
       </c>
       <c r="F52" t="s">
         <v>15</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
         <v>15</v>
       </c>
       <c r="I52" t="s">
         <v>17</v>
       </c>
       <c r="J52"/>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" t="s">
         <v>9</v>
       </c>
       <c r="B53" t="s">
         <v>33</v>
       </c>
       <c r="C53">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="D53" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="E53">
         <v>128</v>
       </c>
       <c r="F53" t="s">
         <v>35</v>
       </c>
       <c r="G53">
-        <v>8918</v>
+        <v>9059</v>
       </c>
       <c r="H53">
-        <v>6095</v>
+        <v>6192</v>
       </c>
       <c r="I53" t="s">
         <v>18</v>
       </c>
       <c r="J53"/>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" t="s">
         <v>9</v>
       </c>
       <c r="B54" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C54" t="s">
         <v>14</v>
       </c>
       <c r="D54" t="s">
         <v>15</v>
       </c>
       <c r="E54" t="s">
         <v>15</v>
       </c>
       <c r="F54" t="s">
         <v>15</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
         <v>15</v>
       </c>
       <c r="I54" t="s">
         <v>13</v>
       </c>
       <c r="J54"/>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" t="s">
         <v>9</v>
       </c>
       <c r="B55" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C55" t="s">
         <v>14</v>
       </c>
       <c r="D55" t="s">
         <v>15</v>
       </c>
       <c r="E55" t="s">
         <v>15</v>
       </c>
       <c r="F55" t="s">
         <v>15</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
         <v>15</v>
       </c>
       <c r="I55" t="s">
         <v>16</v>
       </c>
       <c r="J55"/>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" t="s">
         <v>9</v>
       </c>
       <c r="B56" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C56" t="s">
         <v>14</v>
       </c>
       <c r="D56" t="s">
         <v>15</v>
       </c>
       <c r="E56" t="s">
         <v>15</v>
       </c>
       <c r="F56" t="s">
         <v>15</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
         <v>15</v>
       </c>
       <c r="I56" t="s">
         <v>17</v>
       </c>
       <c r="J56"/>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" t="s">
         <v>9</v>
       </c>
       <c r="B57" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C57" t="s">
         <v>14</v>
       </c>
       <c r="D57" t="s">
         <v>15</v>
       </c>
       <c r="E57" t="s">
         <v>15</v>
       </c>
       <c r="F57" t="s">
         <v>15</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
         <v>15</v>
       </c>
       <c r="I57" t="s">
         <v>18</v>
       </c>
       <c r="J57"/>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" t="s">
         <v>9</v>
       </c>
       <c r="B58" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C58" t="s">
         <v>14</v>
       </c>
       <c r="D58" t="s">
         <v>15</v>
       </c>
       <c r="E58" t="s">
         <v>15</v>
       </c>
       <c r="F58" t="s">
         <v>15</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
         <v>15</v>
       </c>
       <c r="I58" t="s">
         <v>13</v>
       </c>
       <c r="J58"/>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" t="s">
         <v>9</v>
       </c>
       <c r="B59" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C59" t="s">
         <v>14</v>
       </c>
       <c r="D59" t="s">
         <v>15</v>
       </c>
       <c r="E59" t="s">
         <v>15</v>
       </c>
       <c r="F59" t="s">
         <v>15</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
         <v>15</v>
       </c>
       <c r="I59" t="s">
         <v>16</v>
       </c>
       <c r="J59"/>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" t="s">
         <v>9</v>
       </c>
       <c r="B60" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C60" t="s">
         <v>14</v>
       </c>
       <c r="D60" t="s">
         <v>15</v>
       </c>
       <c r="E60" t="s">
         <v>15</v>
       </c>
       <c r="F60" t="s">
         <v>15</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
         <v>15</v>
       </c>
       <c r="I60" t="s">
         <v>17</v>
       </c>
       <c r="J60"/>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="s">
         <v>9</v>
       </c>
       <c r="B61" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C61" t="s">
         <v>14</v>
       </c>
       <c r="D61" t="s">
         <v>15</v>
       </c>
       <c r="E61" t="s">
         <v>15</v>
       </c>
       <c r="F61" t="s">
         <v>15</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
         <v>15</v>
       </c>
       <c r="I61" t="s">
         <v>18</v>
       </c>
       <c r="J61"/>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" t="s">
         <v>9</v>
       </c>
       <c r="B62" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C62" t="s">
         <v>14</v>
       </c>
       <c r="D62" t="s">
         <v>15</v>
       </c>
       <c r="E62" t="s">
         <v>15</v>
       </c>
       <c r="F62" t="s">
         <v>15</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
         <v>15</v>
       </c>
       <c r="I62" t="s">
         <v>13</v>
       </c>
       <c r="J62"/>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" t="s">
         <v>9</v>
       </c>
       <c r="B63" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C63" t="s">
         <v>14</v>
       </c>
       <c r="D63" t="s">
         <v>15</v>
       </c>
       <c r="E63" t="s">
         <v>15</v>
       </c>
       <c r="F63" t="s">
         <v>15</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
         <v>15</v>
       </c>
       <c r="I63" t="s">
         <v>16</v>
       </c>
       <c r="J63"/>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="s">
         <v>9</v>
       </c>
       <c r="B64" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C64" t="s">
         <v>14</v>
       </c>
       <c r="D64" t="s">
         <v>15</v>
       </c>
       <c r="E64" t="s">
         <v>15</v>
       </c>
       <c r="F64" t="s">
         <v>15</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
         <v>15</v>
       </c>
       <c r="I64" t="s">
         <v>17</v>
       </c>
       <c r="J64"/>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" t="s">
         <v>9</v>
       </c>
       <c r="B65" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C65" t="s">
         <v>14</v>
       </c>
       <c r="D65" t="s">
         <v>15</v>
       </c>
       <c r="E65" t="s">
         <v>15</v>
       </c>
       <c r="F65" t="s">
         <v>15</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
         <v>15</v>
       </c>
       <c r="I65" t="s">
         <v>18</v>
       </c>
       <c r="J65"/>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" t="s">
         <v>9</v>
       </c>
       <c r="B66" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C66" t="s">
         <v>14</v>
       </c>
       <c r="D66" t="s">
         <v>15</v>
       </c>
       <c r="E66" t="s">
         <v>15</v>
       </c>
       <c r="F66" t="s">
         <v>15</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
         <v>15</v>
       </c>
       <c r="I66" t="s">
         <v>13</v>
       </c>
       <c r="J66"/>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="s">
         <v>9</v>
       </c>
       <c r="B67" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C67" t="s">
         <v>14</v>
       </c>
       <c r="D67" t="s">
         <v>15</v>
       </c>
       <c r="E67" t="s">
         <v>15</v>
       </c>
       <c r="F67" t="s">
         <v>15</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
         <v>15</v>
       </c>
       <c r="I67" t="s">
         <v>16</v>
       </c>
       <c r="J67"/>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" t="s">
         <v>9</v>
       </c>
       <c r="B68" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C68" t="s">
         <v>14</v>
       </c>
       <c r="D68" t="s">
         <v>15</v>
       </c>
       <c r="E68" t="s">
         <v>15</v>
       </c>
       <c r="F68" t="s">
         <v>15</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
         <v>15</v>
       </c>
       <c r="I68" t="s">
         <v>17</v>
       </c>
       <c r="J68"/>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" t="s">
         <v>9</v>
       </c>
       <c r="B69" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C69" t="s">
         <v>14</v>
       </c>
       <c r="D69" t="s">
         <v>15</v>
       </c>
       <c r="E69" t="s">
         <v>15</v>
       </c>
       <c r="F69" t="s">
         <v>15</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
         <v>15</v>
       </c>
       <c r="I69" t="s">
         <v>18</v>
       </c>
       <c r="J69"/>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="s">
         <v>9</v>
       </c>
       <c r="B70" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C70" t="s">
         <v>14</v>
       </c>
       <c r="D70" t="s">
         <v>15</v>
       </c>
       <c r="E70" t="s">
         <v>15</v>
       </c>
       <c r="F70" t="s">
         <v>15</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
         <v>15</v>
       </c>
       <c r="I70" t="s">
         <v>13</v>
       </c>
       <c r="J70"/>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" t="s">
         <v>9</v>
       </c>
       <c r="B71" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C71" t="s">
         <v>14</v>
       </c>
       <c r="D71" t="s">
         <v>15</v>
       </c>
       <c r="E71" t="s">
         <v>15</v>
       </c>
       <c r="F71" t="s">
         <v>15</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
         <v>15</v>
       </c>
       <c r="I71" t="s">
         <v>16</v>
       </c>
       <c r="J71"/>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" t="s">
         <v>9</v>
       </c>
       <c r="B72" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C72" t="s">
         <v>14</v>
       </c>
       <c r="D72" t="s">
         <v>15</v>
       </c>
       <c r="E72" t="s">
         <v>15</v>
       </c>
       <c r="F72" t="s">
         <v>15</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
         <v>15</v>
       </c>
       <c r="I72" t="s">
         <v>17</v>
       </c>
       <c r="J72"/>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="s">
         <v>9</v>
       </c>
       <c r="B73" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C73" t="s">
         <v>14</v>
       </c>
       <c r="D73" t="s">
         <v>15</v>
       </c>
       <c r="E73" t="s">
         <v>15</v>
       </c>
       <c r="F73" t="s">
         <v>15</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
         <v>15</v>
       </c>
       <c r="I73" t="s">
         <v>18</v>
       </c>
       <c r="J73"/>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" t="s">
         <v>9</v>
       </c>
       <c r="B74" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C74">
+        <v>48</v>
+      </c>
+      <c r="D74" t="s">
+        <v>45</v>
+      </c>
+      <c r="E74">
+        <v>121</v>
+      </c>
+      <c r="F74" t="s">
         <v>46</v>
       </c>
-      <c r="D74" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G74">
-        <v>1459</v>
+        <v>1579</v>
       </c>
       <c r="H74">
-        <v>735</v>
+        <v>796</v>
       </c>
       <c r="I74" t="s">
         <v>13</v>
       </c>
       <c r="J74"/>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" t="s">
         <v>9</v>
       </c>
       <c r="B75" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C75" t="s">
         <v>14</v>
       </c>
       <c r="D75" t="s">
         <v>15</v>
       </c>
       <c r="E75" t="s">
         <v>15</v>
       </c>
       <c r="F75" t="s">
         <v>15</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
         <v>15</v>
       </c>
       <c r="I75" t="s">
         <v>16</v>
       </c>
       <c r="J75"/>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="s">
         <v>9</v>
       </c>
       <c r="B76" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C76" t="s">
         <v>14</v>
       </c>
       <c r="D76" t="s">
         <v>15</v>
       </c>
       <c r="E76" t="s">
         <v>15</v>
       </c>
       <c r="F76" t="s">
         <v>15</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
         <v>15</v>
       </c>
       <c r="I76" t="s">
         <v>17</v>
       </c>
       <c r="J76"/>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" t="s">
         <v>9</v>
       </c>
       <c r="B77" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C77">
+        <v>48</v>
+      </c>
+      <c r="D77" t="s">
+        <v>47</v>
+      </c>
+      <c r="E77">
+        <v>121</v>
+      </c>
+      <c r="F77" t="s">
         <v>46</v>
       </c>
-      <c r="D77" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G77">
-        <v>1459</v>
+        <v>1579</v>
       </c>
       <c r="H77">
-        <v>735</v>
+        <v>796</v>
       </c>
       <c r="I77" t="s">
         <v>18</v>
       </c>
       <c r="J77"/>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" t="s">
         <v>9</v>
       </c>
       <c r="B78" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C78">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="D78" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E78">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F78" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G78">
-        <v>10773</v>
+        <v>11069</v>
       </c>
       <c r="H78">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="I78" t="s">
         <v>13</v>
       </c>
       <c r="J78"/>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="s">
         <v>9</v>
       </c>
       <c r="B79" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>48</v>
+      </c>
+      <c r="C79">
+        <v>1</v>
       </c>
       <c r="D79" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>51</v>
+      </c>
+      <c r="E79">
+        <v>11</v>
       </c>
       <c r="F79" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>52</v>
+      </c>
+      <c r="G79">
+        <v>34</v>
+      </c>
+      <c r="H79">
+        <v>1</v>
       </c>
       <c r="I79" t="s">
         <v>16</v>
       </c>
       <c r="J79"/>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" t="s">
         <v>9</v>
       </c>
       <c r="B80" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C80" t="s">
         <v>14</v>
       </c>
       <c r="D80" t="s">
         <v>15</v>
       </c>
       <c r="E80" t="s">
         <v>15</v>
       </c>
       <c r="F80" t="s">
         <v>15</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
         <v>15</v>
       </c>
       <c r="I80" t="s">
         <v>17</v>
       </c>
       <c r="J80"/>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" t="s">
         <v>9</v>
       </c>
       <c r="B81" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C81">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="D81" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="E81">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F81" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G81">
-        <v>10773</v>
+        <v>11035</v>
       </c>
       <c r="H81">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="I81" t="s">
         <v>18</v>
       </c>
       <c r="J81"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>