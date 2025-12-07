--- v0 (2025-10-13)
+++ v1 (2025-12-07)
@@ -86,63 +86,63 @@
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Bacau</t>
   </si>
   <si>
     <t>Baia Mare</t>
   </si>
   <si>
     <t>Braila</t>
   </si>
   <si>
     <t>Brasov</t>
   </si>
   <si>
     <t>Bucuresti</t>
   </si>
   <si>
     <t>2.16%</t>
   </si>
   <si>
     <t>57.89%</t>
   </si>
   <si>
-    <t>6.29%</t>
+    <t>6.12%</t>
   </si>
   <si>
     <t>10.95%</t>
   </si>
   <si>
-    <t>4.05%</t>
-[...5 lines deleted...]
-    <t>2.55%</t>
+    <t>3.80%</t>
+  </si>
+  <si>
+    <t>9.94%</t>
+  </si>
+  <si>
+    <t>2.54%</t>
   </si>
   <si>
     <t>58.33%</t>
   </si>
   <si>
     <t>Buzau</t>
   </si>
   <si>
     <t>Cluj-Napoca</t>
   </si>
   <si>
     <t>Constanta</t>
   </si>
   <si>
     <t>Craiova</t>
   </si>
   <si>
     <t>Galati</t>
   </si>
   <si>
     <t>Iasi</t>
   </si>
   <si>
     <t>Oradea</t>
   </si>
@@ -152,63 +152,63 @@
   <si>
     <t>Ploiesti</t>
   </si>
   <si>
     <t>Sibiu</t>
   </si>
   <si>
     <t>Suceava</t>
   </si>
   <si>
     <t>Targu Mures</t>
   </si>
   <si>
     <t>Timisoara</t>
   </si>
   <si>
     <t>Total orase SAO</t>
   </si>
   <si>
     <t>1.17%</t>
   </si>
   <si>
     <t>20.16%</t>
   </si>
   <si>
-    <t>2.82%</t>
+    <t>2.75%</t>
   </si>
   <si>
     <t>3.81%</t>
   </si>
   <si>
-    <t>2.62%</t>
+    <t>2.47%</t>
   </si>
   <si>
     <t>3.46%</t>
   </si>
   <si>
-    <t>1.37%</t>
+    <t>1.36%</t>
   </si>
   <si>
     <t>20.31%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1233,51 +1233,51 @@
       <c r="I23" t="s">
         <v>14</v>
       </c>
       <c r="J23"/>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" t="s">
         <v>9</v>
       </c>
       <c r="B24" t="s">
         <v>21</v>
       </c>
       <c r="C24">
         <v>6</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24">
         <v>135</v>
       </c>
       <c r="F24" t="s">
         <v>27</v>
       </c>
       <c r="G24">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="H24">
         <v>33</v>
       </c>
       <c r="I24" t="s">
         <v>15</v>
       </c>
       <c r="J24"/>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" t="s">
         <v>9</v>
       </c>
       <c r="B25" t="s">
         <v>21</v>
       </c>
       <c r="C25">
         <v>134</v>
       </c>
       <c r="D25" t="s">
         <v>28</v>
       </c>
       <c r="E25">
         <v>792</v>
       </c>
@@ -2913,51 +2913,51 @@
       <c r="I79" t="s">
         <v>14</v>
       </c>
       <c r="J79"/>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" t="s">
         <v>9</v>
       </c>
       <c r="B80" t="s">
         <v>43</v>
       </c>
       <c r="C80">
         <v>6</v>
       </c>
       <c r="D80" t="s">
         <v>48</v>
       </c>
       <c r="E80">
         <v>135</v>
       </c>
       <c r="F80" t="s">
         <v>49</v>
       </c>
       <c r="G80">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="H80">
         <v>12</v>
       </c>
       <c r="I80" t="s">
         <v>15</v>
       </c>
       <c r="J80"/>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" t="s">
         <v>9</v>
       </c>
       <c r="B81" t="s">
         <v>43</v>
       </c>
       <c r="C81">
         <v>134</v>
       </c>
       <c r="D81" t="s">
         <v>50</v>
       </c>
       <c r="E81">
         <v>792</v>
       </c>