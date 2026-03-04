--- v1 (2025-12-07)
+++ v2 (2026-03-04)
@@ -80,135 +80,135 @@
   <si>
     <t>Panouri derulabile</t>
   </si>
   <si>
     <t>Panouri digitale</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Bacau</t>
   </si>
   <si>
     <t>Baia Mare</t>
   </si>
   <si>
     <t>Braila</t>
   </si>
   <si>
     <t>Brasov</t>
   </si>
   <si>
     <t>Bucuresti</t>
   </si>
   <si>
-    <t>2.16%</t>
+    <t>2.15%</t>
   </si>
   <si>
     <t>57.89%</t>
   </si>
   <si>
     <t>6.12%</t>
   </si>
   <si>
     <t>10.95%</t>
   </si>
   <si>
-    <t>3.80%</t>
+    <t>3.53%</t>
   </si>
   <si>
     <t>9.94%</t>
   </si>
   <si>
-    <t>2.54%</t>
+    <t>2.53%</t>
   </si>
   <si>
     <t>58.33%</t>
   </si>
   <si>
     <t>Buzau</t>
   </si>
   <si>
     <t>Cluj-Napoca</t>
   </si>
   <si>
     <t>Constanta</t>
   </si>
   <si>
     <t>Craiova</t>
   </si>
   <si>
     <t>Galati</t>
   </si>
   <si>
     <t>Iasi</t>
   </si>
   <si>
     <t>Oradea</t>
   </si>
   <si>
     <t>Pitesti</t>
   </si>
   <si>
     <t>Ploiesti</t>
   </si>
   <si>
     <t>Sibiu</t>
   </si>
   <si>
     <t>Suceava</t>
   </si>
   <si>
     <t>Targu Mures</t>
   </si>
   <si>
     <t>Timisoara</t>
   </si>
   <si>
     <t>Total orase SAO</t>
   </si>
   <si>
-    <t>1.17%</t>
+    <t>1.16%</t>
   </si>
   <si>
     <t>20.16%</t>
   </si>
   <si>
     <t>2.75%</t>
   </si>
   <si>
     <t>3.81%</t>
   </si>
   <si>
-    <t>2.47%</t>
+    <t>2.31%</t>
   </si>
   <si>
     <t>3.46%</t>
   </si>
   <si>
-    <t>1.36%</t>
+    <t>1.35%</t>
   </si>
   <si>
     <t>20.31%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>