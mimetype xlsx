--- v0 (2025-10-17)
+++ v1 (2025-12-07)
@@ -89,75 +89,75 @@
   <si>
     <t>Panouri digitale</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Bacau</t>
   </si>
   <si>
     <t>5.84%</t>
   </si>
   <si>
     <t>41.32%</t>
   </si>
   <si>
     <t>5.10%</t>
   </si>
   <si>
     <t>Baia Mare</t>
   </si>
   <si>
     <t>Braila</t>
   </si>
   <si>
-    <t>12.10%</t>
+    <t>12.00%</t>
   </si>
   <si>
     <t>54.45%</t>
   </si>
   <si>
     <t>Brasov</t>
   </si>
   <si>
     <t>Bucuresti</t>
   </si>
   <si>
-    <t>7.83%</t>
-[...5 lines deleted...]
-    <t>2.03%</t>
+    <t>7.81%</t>
+  </si>
+  <si>
+    <t>75.67%</t>
+  </si>
+  <si>
+    <t>1.90%</t>
   </si>
   <si>
     <t>7.06%</t>
   </si>
   <si>
-    <t>7.03%</t>
+    <t>6.98%</t>
   </si>
   <si>
     <t>75.81%</t>
   </si>
   <si>
     <t>Buzau</t>
   </si>
   <si>
     <t>Cluj-Napoca</t>
   </si>
   <si>
     <t>Constanta</t>
   </si>
   <si>
     <t>Craiova</t>
   </si>
   <si>
     <t>Galati</t>
   </si>
   <si>
     <t>Iasi</t>
   </si>
   <si>
     <t>5.24%</t>
   </si>
@@ -173,84 +173,84 @@
   <si>
     <t>Pitesti</t>
   </si>
   <si>
     <t>2.60%</t>
   </si>
   <si>
     <t>28.19%</t>
   </si>
   <si>
     <t>2.20%</t>
   </si>
   <si>
     <t>Ploiesti</t>
   </si>
   <si>
     <t>Sibiu</t>
   </si>
   <si>
     <t>Suceava</t>
   </si>
   <si>
     <t>Targu Mures</t>
   </si>
   <si>
-    <t>25.32%</t>
+    <t>25.00%</t>
   </si>
   <si>
     <t>69.08%</t>
   </si>
   <si>
     <t>Timisoara</t>
   </si>
   <si>
-    <t>3.98%</t>
+    <t>3.91%</t>
   </si>
   <si>
     <t>37.13%</t>
   </si>
   <si>
-    <t>3.48%</t>
+    <t>3.44%</t>
   </si>
   <si>
     <t>Total orase SAO</t>
   </si>
   <si>
-    <t>5.54%</t>
+    <t>5.52%</t>
   </si>
   <si>
     <t>37.82%</t>
   </si>
   <si>
-    <t>1.31%</t>
+    <t>1.23%</t>
   </si>
   <si>
     <t>2.46%</t>
   </si>
   <si>
-    <t>4.90%</t>
+    <t>4.87%</t>
   </si>
   <si>
     <t>37.87%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1215,54 +1215,54 @@
       <c r="I21" t="s">
         <v>18</v>
       </c>
       <c r="J21"/>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" t="s">
         <v>9</v>
       </c>
       <c r="B22" t="s">
         <v>28</v>
       </c>
       <c r="C22">
         <v>366</v>
       </c>
       <c r="D22" t="s">
         <v>29</v>
       </c>
       <c r="E22">
         <v>1027</v>
       </c>
       <c r="F22" t="s">
         <v>30</v>
       </c>
       <c r="G22">
-        <v>36027</v>
+        <v>36081</v>
       </c>
       <c r="H22">
-        <v>2654</v>
+        <v>2658</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
       <c r="J22"/>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" t="s">
         <v>9</v>
       </c>
       <c r="B23" t="s">
         <v>28</v>
       </c>
       <c r="C23" t="s">
         <v>14</v>
       </c>
       <c r="D23" t="s">
         <v>15</v>
       </c>
       <c r="E23" t="s">
         <v>15</v>
       </c>
       <c r="F23" t="s">
         <v>15</v>
       </c>
@@ -1305,54 +1305,54 @@
       <c r="I24" t="s">
         <v>17</v>
       </c>
       <c r="J24"/>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" t="s">
         <v>9</v>
       </c>
       <c r="B25" t="s">
         <v>28</v>
       </c>
       <c r="C25">
         <v>369</v>
       </c>
       <c r="D25" t="s">
         <v>33</v>
       </c>
       <c r="E25">
         <v>1029</v>
       </c>
       <c r="F25" t="s">
         <v>34</v>
       </c>
       <c r="G25">
-        <v>36274</v>
+        <v>36329</v>
       </c>
       <c r="H25">
-        <v>2672</v>
+        <v>2676</v>
       </c>
       <c r="I25" t="s">
         <v>18</v>
       </c>
       <c r="J25"/>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" t="s">
         <v>9</v>
       </c>
       <c r="B26" t="s">
         <v>35</v>
       </c>
       <c r="C26" t="s">
         <v>14</v>
       </c>
       <c r="D26" t="s">
         <v>15</v>
       </c>
       <c r="E26" t="s">
         <v>15</v>
       </c>
       <c r="F26" t="s">
         <v>15</v>
       </c>
@@ -2895,54 +2895,54 @@
       <c r="I77" t="s">
         <v>18</v>
       </c>
       <c r="J77"/>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" t="s">
         <v>9</v>
       </c>
       <c r="B78" t="s">
         <v>59</v>
       </c>
       <c r="C78">
         <v>477</v>
       </c>
       <c r="D78" t="s">
         <v>60</v>
       </c>
       <c r="E78">
         <v>1474</v>
       </c>
       <c r="F78" t="s">
         <v>61</v>
       </c>
       <c r="G78">
-        <v>39242</v>
+        <v>39297</v>
       </c>
       <c r="H78">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="I78" t="s">
         <v>13</v>
       </c>
       <c r="J78"/>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="s">
         <v>9</v>
       </c>
       <c r="B79" t="s">
         <v>59</v>
       </c>
       <c r="C79" t="s">
         <v>14</v>
       </c>
       <c r="D79" t="s">
         <v>15</v>
       </c>
       <c r="E79" t="s">
         <v>15</v>
       </c>
       <c r="F79" t="s">
         <v>15</v>
       </c>
@@ -2985,54 +2985,54 @@
       <c r="I80" t="s">
         <v>17</v>
       </c>
       <c r="J80"/>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" t="s">
         <v>9</v>
       </c>
       <c r="B81" t="s">
         <v>59</v>
       </c>
       <c r="C81">
         <v>480</v>
       </c>
       <c r="D81" t="s">
         <v>64</v>
       </c>
       <c r="E81">
         <v>1476</v>
       </c>
       <c r="F81" t="s">
         <v>65</v>
       </c>
       <c r="G81">
-        <v>39490</v>
+        <v>39545</v>
       </c>
       <c r="H81">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="I81" t="s">
         <v>18</v>
       </c>
       <c r="J81"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>