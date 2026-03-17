--- v1 (2025-12-07)
+++ v2 (2026-03-17)
@@ -12,245 +12,239 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="livrari_sao_audiente_492_6" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Nume companie</t>
   </si>
   <si>
     <t>Oras</t>
   </si>
   <si>
     <t>Panouri (total)</t>
   </si>
   <si>
     <t>Panouri (%)</t>
   </si>
   <si>
     <t>Reach (mii)</t>
   </si>
   <si>
     <t>Reach (%)</t>
   </si>
   <si>
     <t>GRP (mii)</t>
   </si>
   <si>
     <t>GRP (%)</t>
   </si>
   <si>
     <t>Tip panou</t>
   </si>
   <si>
-    <t>Way Media SRL</t>
+    <t>Way Advertise Production SRL</t>
   </si>
   <si>
     <t>Arad</t>
   </si>
   <si>
     <t>5.59%</t>
   </si>
   <si>
     <t>31.45%</t>
   </si>
   <si>
     <t>Panouri statice</t>
   </si>
   <si>
     <t xml:space="preserve"> - </t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Panouri derulabile</t>
   </si>
   <si>
     <t>Panouri digitale</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Bacau</t>
   </si>
   <si>
     <t>5.84%</t>
   </si>
   <si>
     <t>41.32%</t>
   </si>
   <si>
     <t>5.10%</t>
   </si>
   <si>
     <t>Baia Mare</t>
   </si>
   <si>
     <t>Braila</t>
   </si>
   <si>
-    <t>12.00%</t>
+    <t>11.90%</t>
   </si>
   <si>
     <t>54.45%</t>
   </si>
   <si>
     <t>Brasov</t>
   </si>
   <si>
     <t>Bucuresti</t>
   </si>
   <si>
     <t>7.81%</t>
   </si>
   <si>
     <t>75.67%</t>
   </si>
   <si>
-    <t>1.90%</t>
-[...5 lines deleted...]
-    <t>6.98%</t>
+    <t>1.76%</t>
+  </si>
+  <si>
+    <t>6.96%</t>
   </si>
   <si>
     <t>75.81%</t>
   </si>
   <si>
     <t>Buzau</t>
   </si>
   <si>
     <t>Cluj-Napoca</t>
   </si>
   <si>
     <t>Constanta</t>
   </si>
   <si>
     <t>Craiova</t>
   </si>
   <si>
     <t>Galati</t>
   </si>
   <si>
     <t>Iasi</t>
   </si>
   <si>
     <t>5.24%</t>
   </si>
   <si>
     <t>64.31%</t>
   </si>
   <si>
     <t>4.76%</t>
   </si>
   <si>
     <t>Oradea</t>
   </si>
   <si>
     <t>Pitesti</t>
   </si>
   <si>
     <t>2.60%</t>
   </si>
   <si>
     <t>28.19%</t>
   </si>
   <si>
-    <t>2.20%</t>
+    <t>2.19%</t>
   </si>
   <si>
     <t>Ploiesti</t>
   </si>
   <si>
     <t>Sibiu</t>
   </si>
   <si>
     <t>Suceava</t>
   </si>
   <si>
     <t>Targu Mures</t>
   </si>
   <si>
     <t>25.00%</t>
   </si>
   <si>
     <t>69.08%</t>
   </si>
   <si>
     <t>Timisoara</t>
   </si>
   <si>
     <t>3.91%</t>
   </si>
   <si>
     <t>37.13%</t>
   </si>
   <si>
-    <t>3.44%</t>
+    <t>3.42%</t>
   </si>
   <si>
     <t>Total orase SAO</t>
   </si>
   <si>
-    <t>5.52%</t>
+    <t>5.48%</t>
   </si>
   <si>
     <t>37.82%</t>
   </si>
   <si>
-    <t>1.23%</t>
-[...5 lines deleted...]
-    <t>4.87%</t>
+    <t>1.15%</t>
+  </si>
+  <si>
+    <t>4.82%</t>
   </si>
   <si>
     <t>37.87%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1268,1765 +1262,1765 @@
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
         <v>15</v>
       </c>
       <c r="I23" t="s">
         <v>16</v>
       </c>
       <c r="J23"/>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" t="s">
         <v>9</v>
       </c>
       <c r="B24" t="s">
         <v>28</v>
       </c>
       <c r="C24">
         <v>3</v>
       </c>
       <c r="D24" t="s">
         <v>31</v>
       </c>
-      <c r="E24">
-        <v>96</v>
+      <c r="E24" t="s">
+        <v>15</v>
       </c>
       <c r="F24" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>15</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
+        <v>15</v>
       </c>
       <c r="I24" t="s">
         <v>17</v>
       </c>
       <c r="J24"/>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" t="s">
         <v>9</v>
       </c>
       <c r="B25" t="s">
         <v>28</v>
       </c>
       <c r="C25">
         <v>369</v>
       </c>
       <c r="D25" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="E25">
         <v>1029</v>
       </c>
       <c r="F25" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G25">
         <v>36329</v>
       </c>
       <c r="H25">
         <v>2676</v>
       </c>
       <c r="I25" t="s">
         <v>18</v>
       </c>
       <c r="J25"/>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" t="s">
         <v>9</v>
       </c>
       <c r="B26" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C26" t="s">
         <v>14</v>
       </c>
       <c r="D26" t="s">
         <v>15</v>
       </c>
       <c r="E26" t="s">
         <v>15</v>
       </c>
       <c r="F26" t="s">
         <v>15</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>15</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
       <c r="J26"/>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" t="s">
         <v>9</v>
       </c>
       <c r="B27" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C27" t="s">
         <v>14</v>
       </c>
       <c r="D27" t="s">
         <v>15</v>
       </c>
       <c r="E27" t="s">
         <v>15</v>
       </c>
       <c r="F27" t="s">
         <v>15</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
         <v>15</v>
       </c>
       <c r="I27" t="s">
         <v>16</v>
       </c>
       <c r="J27"/>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" t="s">
         <v>9</v>
       </c>
       <c r="B28" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C28" t="s">
         <v>14</v>
       </c>
       <c r="D28" t="s">
         <v>15</v>
       </c>
       <c r="E28" t="s">
         <v>15</v>
       </c>
       <c r="F28" t="s">
         <v>15</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
         <v>15</v>
       </c>
       <c r="I28" t="s">
         <v>17</v>
       </c>
       <c r="J28"/>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" t="s">
         <v>9</v>
       </c>
       <c r="B29" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C29" t="s">
         <v>14</v>
       </c>
       <c r="D29" t="s">
         <v>15</v>
       </c>
       <c r="E29" t="s">
         <v>15</v>
       </c>
       <c r="F29" t="s">
         <v>15</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>15</v>
       </c>
       <c r="I29" t="s">
         <v>18</v>
       </c>
       <c r="J29"/>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" t="s">
         <v>9</v>
       </c>
       <c r="B30" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C30" t="s">
         <v>14</v>
       </c>
       <c r="D30" t="s">
         <v>15</v>
       </c>
       <c r="E30" t="s">
         <v>15</v>
       </c>
       <c r="F30" t="s">
         <v>15</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
         <v>15</v>
       </c>
       <c r="I30" t="s">
         <v>13</v>
       </c>
       <c r="J30"/>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" t="s">
         <v>9</v>
       </c>
       <c r="B31" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C31" t="s">
         <v>14</v>
       </c>
       <c r="D31" t="s">
         <v>15</v>
       </c>
       <c r="E31" t="s">
         <v>15</v>
       </c>
       <c r="F31" t="s">
         <v>15</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
         <v>15</v>
       </c>
       <c r="I31" t="s">
         <v>16</v>
       </c>
       <c r="J31"/>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" t="s">
         <v>9</v>
       </c>
       <c r="B32" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C32" t="s">
         <v>14</v>
       </c>
       <c r="D32" t="s">
         <v>15</v>
       </c>
       <c r="E32" t="s">
         <v>15</v>
       </c>
       <c r="F32" t="s">
         <v>15</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
         <v>15</v>
       </c>
       <c r="I32" t="s">
         <v>17</v>
       </c>
       <c r="J32"/>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" t="s">
         <v>9</v>
       </c>
       <c r="B33" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C33" t="s">
         <v>14</v>
       </c>
       <c r="D33" t="s">
         <v>15</v>
       </c>
       <c r="E33" t="s">
         <v>15</v>
       </c>
       <c r="F33" t="s">
         <v>15</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
         <v>15</v>
       </c>
       <c r="I33" t="s">
         <v>18</v>
       </c>
       <c r="J33"/>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" t="s">
         <v>9</v>
       </c>
       <c r="B34" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C34" t="s">
         <v>14</v>
       </c>
       <c r="D34" t="s">
         <v>15</v>
       </c>
       <c r="E34" t="s">
         <v>15</v>
       </c>
       <c r="F34" t="s">
         <v>15</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
         <v>15</v>
       </c>
       <c r="I34" t="s">
         <v>13</v>
       </c>
       <c r="J34"/>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" t="s">
         <v>9</v>
       </c>
       <c r="B35" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C35" t="s">
         <v>14</v>
       </c>
       <c r="D35" t="s">
         <v>15</v>
       </c>
       <c r="E35" t="s">
         <v>15</v>
       </c>
       <c r="F35" t="s">
         <v>15</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>15</v>
       </c>
       <c r="I35" t="s">
         <v>16</v>
       </c>
       <c r="J35"/>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" t="s">
         <v>9</v>
       </c>
       <c r="B36" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C36" t="s">
         <v>14</v>
       </c>
       <c r="D36" t="s">
         <v>15</v>
       </c>
       <c r="E36" t="s">
         <v>15</v>
       </c>
       <c r="F36" t="s">
         <v>15</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>15</v>
       </c>
       <c r="I36" t="s">
         <v>17</v>
       </c>
       <c r="J36"/>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" t="s">
         <v>9</v>
       </c>
       <c r="B37" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C37" t="s">
         <v>14</v>
       </c>
       <c r="D37" t="s">
         <v>15</v>
       </c>
       <c r="E37" t="s">
         <v>15</v>
       </c>
       <c r="F37" t="s">
         <v>15</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>15</v>
       </c>
       <c r="I37" t="s">
         <v>18</v>
       </c>
       <c r="J37"/>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" t="s">
         <v>9</v>
       </c>
       <c r="B38" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C38" t="s">
         <v>14</v>
       </c>
       <c r="D38" t="s">
         <v>15</v>
       </c>
       <c r="E38" t="s">
         <v>15</v>
       </c>
       <c r="F38" t="s">
         <v>15</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>15</v>
       </c>
       <c r="I38" t="s">
         <v>13</v>
       </c>
       <c r="J38"/>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" t="s">
         <v>9</v>
       </c>
       <c r="B39" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C39" t="s">
         <v>14</v>
       </c>
       <c r="D39" t="s">
         <v>15</v>
       </c>
       <c r="E39" t="s">
         <v>15</v>
       </c>
       <c r="F39" t="s">
         <v>15</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>15</v>
       </c>
       <c r="I39" t="s">
         <v>16</v>
       </c>
       <c r="J39"/>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" t="s">
         <v>9</v>
       </c>
       <c r="B40" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C40" t="s">
         <v>14</v>
       </c>
       <c r="D40" t="s">
         <v>15</v>
       </c>
       <c r="E40" t="s">
         <v>15</v>
       </c>
       <c r="F40" t="s">
         <v>15</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
         <v>15</v>
       </c>
       <c r="I40" t="s">
         <v>17</v>
       </c>
       <c r="J40"/>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" t="s">
         <v>9</v>
       </c>
       <c r="B41" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C41" t="s">
         <v>14</v>
       </c>
       <c r="D41" t="s">
         <v>15</v>
       </c>
       <c r="E41" t="s">
         <v>15</v>
       </c>
       <c r="F41" t="s">
         <v>15</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
         <v>15</v>
       </c>
       <c r="I41" t="s">
         <v>18</v>
       </c>
       <c r="J41"/>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" t="s">
         <v>9</v>
       </c>
       <c r="B42" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C42" t="s">
         <v>14</v>
       </c>
       <c r="D42" t="s">
         <v>15</v>
       </c>
       <c r="E42" t="s">
         <v>15</v>
       </c>
       <c r="F42" t="s">
         <v>15</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
         <v>15</v>
       </c>
       <c r="I42" t="s">
         <v>13</v>
       </c>
       <c r="J42"/>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" t="s">
         <v>9</v>
       </c>
       <c r="B43" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C43" t="s">
         <v>14</v>
       </c>
       <c r="D43" t="s">
         <v>15</v>
       </c>
       <c r="E43" t="s">
         <v>15</v>
       </c>
       <c r="F43" t="s">
         <v>15</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
         <v>15</v>
       </c>
       <c r="I43" t="s">
         <v>16</v>
       </c>
       <c r="J43"/>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" t="s">
         <v>9</v>
       </c>
       <c r="B44" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C44" t="s">
         <v>14</v>
       </c>
       <c r="D44" t="s">
         <v>15</v>
       </c>
       <c r="E44" t="s">
         <v>15</v>
       </c>
       <c r="F44" t="s">
         <v>15</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
         <v>15</v>
       </c>
       <c r="I44" t="s">
         <v>17</v>
       </c>
       <c r="J44"/>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" t="s">
         <v>9</v>
       </c>
       <c r="B45" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C45" t="s">
         <v>14</v>
       </c>
       <c r="D45" t="s">
         <v>15</v>
       </c>
       <c r="E45" t="s">
         <v>15</v>
       </c>
       <c r="F45" t="s">
         <v>15</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>15</v>
       </c>
       <c r="I45" t="s">
         <v>18</v>
       </c>
       <c r="J45"/>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" t="s">
         <v>9</v>
       </c>
       <c r="B46" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C46">
         <v>36</v>
       </c>
       <c r="D46" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E46">
         <v>137</v>
       </c>
       <c r="F46" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G46">
         <v>1720</v>
       </c>
       <c r="H46">
         <v>808</v>
       </c>
       <c r="I46" t="s">
         <v>13</v>
       </c>
       <c r="J46"/>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" t="s">
         <v>9</v>
       </c>
       <c r="B47" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C47" t="s">
         <v>14</v>
       </c>
       <c r="D47" t="s">
         <v>15</v>
       </c>
       <c r="E47" t="s">
         <v>15</v>
       </c>
       <c r="F47" t="s">
         <v>15</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
         <v>15</v>
       </c>
       <c r="I47" t="s">
         <v>16</v>
       </c>
       <c r="J47"/>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" t="s">
         <v>9</v>
       </c>
       <c r="B48" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C48" t="s">
         <v>14</v>
       </c>
       <c r="D48" t="s">
         <v>15</v>
       </c>
       <c r="E48" t="s">
         <v>15</v>
       </c>
       <c r="F48" t="s">
         <v>15</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
         <v>15</v>
       </c>
       <c r="I48" t="s">
         <v>17</v>
       </c>
       <c r="J48"/>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" t="s">
         <v>9</v>
       </c>
       <c r="B49" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C49">
         <v>36</v>
       </c>
       <c r="D49" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E49">
         <v>137</v>
       </c>
       <c r="F49" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G49">
         <v>1720</v>
       </c>
       <c r="H49">
         <v>808</v>
       </c>
       <c r="I49" t="s">
         <v>18</v>
       </c>
       <c r="J49"/>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" t="s">
         <v>9</v>
       </c>
       <c r="B50" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C50" t="s">
         <v>14</v>
       </c>
       <c r="D50" t="s">
         <v>15</v>
       </c>
       <c r="E50" t="s">
         <v>15</v>
       </c>
       <c r="F50" t="s">
         <v>15</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
         <v>15</v>
       </c>
       <c r="I50" t="s">
         <v>13</v>
       </c>
       <c r="J50"/>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" t="s">
         <v>9</v>
       </c>
       <c r="B51" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C51" t="s">
         <v>14</v>
       </c>
       <c r="D51" t="s">
         <v>15</v>
       </c>
       <c r="E51" t="s">
         <v>15</v>
       </c>
       <c r="F51" t="s">
         <v>15</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
         <v>15</v>
       </c>
       <c r="I51" t="s">
         <v>16</v>
       </c>
       <c r="J51"/>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" t="s">
         <v>9</v>
       </c>
       <c r="B52" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C52" t="s">
         <v>14</v>
       </c>
       <c r="D52" t="s">
         <v>15</v>
       </c>
       <c r="E52" t="s">
         <v>15</v>
       </c>
       <c r="F52" t="s">
         <v>15</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
         <v>15</v>
       </c>
       <c r="I52" t="s">
         <v>17</v>
       </c>
       <c r="J52"/>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" t="s">
         <v>9</v>
       </c>
       <c r="B53" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C53" t="s">
         <v>14</v>
       </c>
       <c r="D53" t="s">
         <v>15</v>
       </c>
       <c r="E53" t="s">
         <v>15</v>
       </c>
       <c r="F53" t="s">
         <v>15</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
         <v>15</v>
       </c>
       <c r="I53" t="s">
         <v>18</v>
       </c>
       <c r="J53"/>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" t="s">
         <v>9</v>
       </c>
       <c r="B54" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C54">
         <v>4</v>
       </c>
       <c r="D54" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E54">
         <v>31</v>
       </c>
       <c r="F54" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="G54">
         <v>85</v>
       </c>
       <c r="H54">
         <v>77</v>
       </c>
       <c r="I54" t="s">
         <v>13</v>
       </c>
       <c r="J54"/>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" t="s">
         <v>9</v>
       </c>
       <c r="B55" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C55" t="s">
         <v>14</v>
       </c>
       <c r="D55" t="s">
         <v>15</v>
       </c>
       <c r="E55" t="s">
         <v>15</v>
       </c>
       <c r="F55" t="s">
         <v>15</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
         <v>15</v>
       </c>
       <c r="I55" t="s">
         <v>16</v>
       </c>
       <c r="J55"/>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" t="s">
         <v>9</v>
       </c>
       <c r="B56" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C56" t="s">
         <v>14</v>
       </c>
       <c r="D56" t="s">
         <v>15</v>
       </c>
       <c r="E56" t="s">
         <v>15</v>
       </c>
       <c r="F56" t="s">
         <v>15</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
         <v>15</v>
       </c>
       <c r="I56" t="s">
         <v>17</v>
       </c>
       <c r="J56"/>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" t="s">
         <v>9</v>
       </c>
       <c r="B57" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C57">
         <v>4</v>
       </c>
       <c r="D57" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E57">
         <v>31</v>
       </c>
       <c r="F57" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="G57">
         <v>85</v>
       </c>
       <c r="H57">
         <v>77</v>
       </c>
       <c r="I57" t="s">
         <v>18</v>
       </c>
       <c r="J57"/>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" t="s">
         <v>9</v>
       </c>
       <c r="B58" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C58" t="s">
         <v>14</v>
       </c>
       <c r="D58" t="s">
         <v>15</v>
       </c>
       <c r="E58" t="s">
         <v>15</v>
       </c>
       <c r="F58" t="s">
         <v>15</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
         <v>15</v>
       </c>
       <c r="I58" t="s">
         <v>13</v>
       </c>
       <c r="J58"/>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" t="s">
         <v>9</v>
       </c>
       <c r="B59" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C59" t="s">
         <v>14</v>
       </c>
       <c r="D59" t="s">
         <v>15</v>
       </c>
       <c r="E59" t="s">
         <v>15</v>
       </c>
       <c r="F59" t="s">
         <v>15</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
         <v>15</v>
       </c>
       <c r="I59" t="s">
         <v>16</v>
       </c>
       <c r="J59"/>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" t="s">
         <v>9</v>
       </c>
       <c r="B60" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C60" t="s">
         <v>14</v>
       </c>
       <c r="D60" t="s">
         <v>15</v>
       </c>
       <c r="E60" t="s">
         <v>15</v>
       </c>
       <c r="F60" t="s">
         <v>15</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
         <v>15</v>
       </c>
       <c r="I60" t="s">
         <v>17</v>
       </c>
       <c r="J60"/>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="s">
         <v>9</v>
       </c>
       <c r="B61" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C61" t="s">
         <v>14</v>
       </c>
       <c r="D61" t="s">
         <v>15</v>
       </c>
       <c r="E61" t="s">
         <v>15</v>
       </c>
       <c r="F61" t="s">
         <v>15</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
         <v>15</v>
       </c>
       <c r="I61" t="s">
         <v>18</v>
       </c>
       <c r="J61"/>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" t="s">
         <v>9</v>
       </c>
       <c r="B62" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C62" t="s">
         <v>14</v>
       </c>
       <c r="D62" t="s">
         <v>15</v>
       </c>
       <c r="E62" t="s">
         <v>15</v>
       </c>
       <c r="F62" t="s">
         <v>15</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
         <v>15</v>
       </c>
       <c r="I62" t="s">
         <v>13</v>
       </c>
       <c r="J62"/>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" t="s">
         <v>9</v>
       </c>
       <c r="B63" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C63" t="s">
         <v>14</v>
       </c>
       <c r="D63" t="s">
         <v>15</v>
       </c>
       <c r="E63" t="s">
         <v>15</v>
       </c>
       <c r="F63" t="s">
         <v>15</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
         <v>15</v>
       </c>
       <c r="I63" t="s">
         <v>16</v>
       </c>
       <c r="J63"/>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="s">
         <v>9</v>
       </c>
       <c r="B64" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C64" t="s">
         <v>14</v>
       </c>
       <c r="D64" t="s">
         <v>15</v>
       </c>
       <c r="E64" t="s">
         <v>15</v>
       </c>
       <c r="F64" t="s">
         <v>15</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
         <v>15</v>
       </c>
       <c r="I64" t="s">
         <v>17</v>
       </c>
       <c r="J64"/>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" t="s">
         <v>9</v>
       </c>
       <c r="B65" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C65" t="s">
         <v>14</v>
       </c>
       <c r="D65" t="s">
         <v>15</v>
       </c>
       <c r="E65" t="s">
         <v>15</v>
       </c>
       <c r="F65" t="s">
         <v>15</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
         <v>15</v>
       </c>
       <c r="I65" t="s">
         <v>18</v>
       </c>
       <c r="J65"/>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" t="s">
         <v>9</v>
       </c>
       <c r="B66" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C66" t="s">
         <v>14</v>
       </c>
       <c r="D66" t="s">
         <v>15</v>
       </c>
       <c r="E66" t="s">
         <v>15</v>
       </c>
       <c r="F66" t="s">
         <v>15</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
         <v>15</v>
       </c>
       <c r="I66" t="s">
         <v>13</v>
       </c>
       <c r="J66"/>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="s">
         <v>9</v>
       </c>
       <c r="B67" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C67" t="s">
         <v>14</v>
       </c>
       <c r="D67" t="s">
         <v>15</v>
       </c>
       <c r="E67" t="s">
         <v>15</v>
       </c>
       <c r="F67" t="s">
         <v>15</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
         <v>15</v>
       </c>
       <c r="I67" t="s">
         <v>16</v>
       </c>
       <c r="J67"/>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" t="s">
         <v>9</v>
       </c>
       <c r="B68" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C68" t="s">
         <v>14</v>
       </c>
       <c r="D68" t="s">
         <v>15</v>
       </c>
       <c r="E68" t="s">
         <v>15</v>
       </c>
       <c r="F68" t="s">
         <v>15</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
         <v>15</v>
       </c>
       <c r="I68" t="s">
         <v>17</v>
       </c>
       <c r="J68"/>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" t="s">
         <v>9</v>
       </c>
       <c r="B69" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C69" t="s">
         <v>14</v>
       </c>
       <c r="D69" t="s">
         <v>15</v>
       </c>
       <c r="E69" t="s">
         <v>15</v>
       </c>
       <c r="F69" t="s">
         <v>15</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
         <v>15</v>
       </c>
       <c r="I69" t="s">
         <v>18</v>
       </c>
       <c r="J69"/>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="s">
         <v>9</v>
       </c>
       <c r="B70" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C70">
         <v>20</v>
       </c>
       <c r="D70" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E70">
         <v>62</v>
       </c>
       <c r="F70" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G70">
         <v>337</v>
       </c>
       <c r="H70">
         <v>377</v>
       </c>
       <c r="I70" t="s">
         <v>13</v>
       </c>
       <c r="J70"/>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" t="s">
         <v>9</v>
       </c>
       <c r="B71" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C71" t="s">
         <v>14</v>
       </c>
       <c r="D71" t="s">
         <v>15</v>
       </c>
       <c r="E71" t="s">
         <v>15</v>
       </c>
       <c r="F71" t="s">
         <v>15</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
         <v>15</v>
       </c>
       <c r="I71" t="s">
         <v>16</v>
       </c>
       <c r="J71"/>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" t="s">
         <v>9</v>
       </c>
       <c r="B72" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C72" t="s">
         <v>14</v>
       </c>
       <c r="D72" t="s">
         <v>15</v>
       </c>
       <c r="E72" t="s">
         <v>15</v>
       </c>
       <c r="F72" t="s">
         <v>15</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
         <v>15</v>
       </c>
       <c r="I72" t="s">
         <v>17</v>
       </c>
       <c r="J72"/>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="s">
         <v>9</v>
       </c>
       <c r="B73" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C73">
         <v>20</v>
       </c>
       <c r="D73" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E73">
         <v>62</v>
       </c>
       <c r="F73" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G73">
         <v>337</v>
       </c>
       <c r="H73">
         <v>377</v>
       </c>
       <c r="I73" t="s">
         <v>18</v>
       </c>
       <c r="J73"/>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" t="s">
         <v>9</v>
       </c>
       <c r="B74" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C74">
         <v>20</v>
       </c>
       <c r="D74" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E74">
         <v>74</v>
       </c>
       <c r="F74" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G74">
         <v>400</v>
       </c>
       <c r="H74">
         <v>202</v>
       </c>
       <c r="I74" t="s">
         <v>13</v>
       </c>
       <c r="J74"/>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" t="s">
         <v>9</v>
       </c>
       <c r="B75" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C75" t="s">
         <v>14</v>
       </c>
       <c r="D75" t="s">
         <v>15</v>
       </c>
       <c r="E75" t="s">
         <v>15</v>
       </c>
       <c r="F75" t="s">
         <v>15</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
         <v>15</v>
       </c>
       <c r="I75" t="s">
         <v>16</v>
       </c>
       <c r="J75"/>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="s">
         <v>9</v>
       </c>
       <c r="B76" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C76" t="s">
         <v>14</v>
       </c>
       <c r="D76" t="s">
         <v>15</v>
       </c>
       <c r="E76" t="s">
         <v>15</v>
       </c>
       <c r="F76" t="s">
         <v>15</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
         <v>15</v>
       </c>
       <c r="I76" t="s">
         <v>17</v>
       </c>
       <c r="J76"/>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" t="s">
         <v>9</v>
       </c>
       <c r="B77" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C77">
         <v>20</v>
       </c>
       <c r="D77" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E77">
         <v>74</v>
       </c>
       <c r="F77" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G77">
         <v>400</v>
       </c>
       <c r="H77">
         <v>202</v>
       </c>
       <c r="I77" t="s">
         <v>18</v>
       </c>
       <c r="J77"/>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" t="s">
         <v>9</v>
       </c>
       <c r="B78" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C78">
         <v>477</v>
       </c>
       <c r="D78" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="E78">
         <v>1474</v>
       </c>
       <c r="F78" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G78">
         <v>39297</v>
       </c>
       <c r="H78">
         <v>1008</v>
       </c>
       <c r="I78" t="s">
         <v>13</v>
       </c>
       <c r="J78"/>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="s">
         <v>9</v>
       </c>
       <c r="B79" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C79" t="s">
         <v>14</v>
       </c>
       <c r="D79" t="s">
         <v>15</v>
       </c>
       <c r="E79" t="s">
         <v>15</v>
       </c>
       <c r="F79" t="s">
         <v>15</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
         <v>15</v>
       </c>
       <c r="I79" t="s">
         <v>16</v>
       </c>
       <c r="J79"/>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" t="s">
         <v>9</v>
       </c>
       <c r="B80" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C80">
         <v>3</v>
       </c>
       <c r="D80" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>61</v>
+      </c>
+      <c r="E80" t="s">
+        <v>15</v>
       </c>
       <c r="F80" t="s">
-        <v>63</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>15</v>
+      </c>
+      <c r="G80" t="s">
+        <v>15</v>
+      </c>
+      <c r="H80" t="s">
+        <v>15</v>
       </c>
       <c r="I80" t="s">
         <v>17</v>
       </c>
       <c r="J80"/>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" t="s">
         <v>9</v>
       </c>
       <c r="B81" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C81">
         <v>480</v>
       </c>
       <c r="D81" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="E81">
         <v>1476</v>
       </c>
       <c r="F81" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="G81">
         <v>39545</v>
       </c>
       <c r="H81">
         <v>1015</v>
       </c>
       <c r="I81" t="s">
         <v>18</v>
       </c>
       <c r="J81"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>