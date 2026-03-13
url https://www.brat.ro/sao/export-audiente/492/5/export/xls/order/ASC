--- v0 (2025-11-05)
+++ v1 (2026-03-13)
@@ -41,51 +41,51 @@
   <si>
     <t>Oras</t>
   </si>
   <si>
     <t>Panouri (total)</t>
   </si>
   <si>
     <t>Panouri (%)</t>
   </si>
   <si>
     <t>Reach (mii)</t>
   </si>
   <si>
     <t>Reach (%)</t>
   </si>
   <si>
     <t>GRP (mii)</t>
   </si>
   <si>
     <t>GRP (%)</t>
   </si>
   <si>
     <t>Tip panou</t>
   </si>
   <si>
-    <t>Way Media SRL</t>
+    <t>Way Advertise Production SRL</t>
   </si>
   <si>
     <t>Arad</t>
   </si>
   <si>
     <t>6.22%</t>
   </si>
   <si>
     <t>28.60%</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t xml:space="preserve"> - </t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Panouri digitale</t>
   </si>
   <si>
     <t>Panouri derulabile</t>
   </si>