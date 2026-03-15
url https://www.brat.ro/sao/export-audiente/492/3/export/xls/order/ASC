--- v0 (2025-11-05)
+++ v1 (2026-03-15)
@@ -41,51 +41,51 @@
   <si>
     <t>Oras</t>
   </si>
   <si>
     <t>Panouri (total)</t>
   </si>
   <si>
     <t>Panouri (%)</t>
   </si>
   <si>
     <t>Reach (mii)</t>
   </si>
   <si>
     <t>Reach (%)</t>
   </si>
   <si>
     <t>GRP (mii)</t>
   </si>
   <si>
     <t>GRP (%)</t>
   </si>
   <si>
     <t>Tip panou</t>
   </si>
   <si>
-    <t>Way Media SRL</t>
+    <t>Way Advertise Production SRL</t>
   </si>
   <si>
     <t>Bacau</t>
   </si>
   <si>
     <t>6.10%</t>
   </si>
   <si>
     <t>43.55%</t>
   </si>
   <si>
     <t>Panouri statice</t>
   </si>
   <si>
     <t xml:space="preserve"> - </t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Panouri dinamice</t>
   </si>
   <si>
     <t>5.15%</t>
   </si>