--- v0 (2025-10-31)
+++ v1 (2026-03-18)
@@ -41,51 +41,51 @@
   <si>
     <t>Oras</t>
   </si>
   <si>
     <t>Panouri (total)</t>
   </si>
   <si>
     <t>Panouri (%)</t>
   </si>
   <si>
     <t>Reach (mii)</t>
   </si>
   <si>
     <t>Reach (%)</t>
   </si>
   <si>
     <t>GRP (mii)</t>
   </si>
   <si>
     <t>GRP (%)</t>
   </si>
   <si>
     <t>Tip panou</t>
   </si>
   <si>
-    <t>Way Media SRL</t>
+    <t>Way Advertise Production SRL</t>
   </si>
   <si>
     <t>Bacau</t>
   </si>
   <si>
     <t>4.55%</t>
   </si>
   <si>
     <t>45.20%</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Panouri statice</t>
   </si>
   <si>
     <t xml:space="preserve"> -   </t>
   </si>
   <si>
     <t>Panouri dinamice</t>
   </si>
   <si>
     <t>Brasov</t>
   </si>