--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="livrari_sao_audiente_491_6" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
     <t>Nume companie</t>
   </si>
   <si>
     <t>Oras</t>
   </si>
   <si>
     <t>Panouri (total)</t>
   </si>
   <si>
     <t>Panouri (%)</t>
   </si>
   <si>
     <t>Reach (mii)</t>
   </si>
   <si>
     <t>Reach (%)</t>
   </si>
   <si>
     <t>GRP (mii)</t>
   </si>
   <si>
     <t>GRP (%)</t>
   </si>
   <si>
@@ -86,351 +86,360 @@
   <si>
     <t>Panouri derulabile</t>
   </si>
   <si>
     <t>Panouri digitale</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Bacau</t>
   </si>
   <si>
     <t>47.45%</t>
   </si>
   <si>
     <t>84.24%</t>
   </si>
   <si>
     <t>41.40%</t>
   </si>
   <si>
     <t>Baia Mare</t>
   </si>
   <si>
-    <t>92.37%</t>
-[...2 lines deleted...]
-    <t>85.57%</t>
+    <t>92.40%</t>
+  </si>
+  <si>
+    <t>85.68%</t>
   </si>
   <si>
     <t>100.00%</t>
   </si>
   <si>
     <t>29.73%</t>
   </si>
   <si>
-    <t>92.62%</t>
-[...2 lines deleted...]
-    <t>85.59%</t>
+    <t>92.65%</t>
+  </si>
+  <si>
+    <t>85.70%</t>
   </si>
   <si>
     <t>Braila</t>
   </si>
   <si>
-    <t>77.42%</t>
+    <t>77.60%</t>
   </si>
   <si>
     <t>94.92%</t>
   </si>
   <si>
     <t>Brasov</t>
   </si>
   <si>
     <t>52.80%</t>
   </si>
   <si>
     <t>74.08%</t>
   </si>
   <si>
     <t>60.00%</t>
   </si>
   <si>
     <t>35.91%</t>
   </si>
   <si>
     <t>50.00%</t>
   </si>
   <si>
     <t>16.63%</t>
   </si>
   <si>
     <t>54.49%</t>
   </si>
   <si>
     <t>74.91%</t>
   </si>
   <si>
     <t>Bucuresti</t>
   </si>
   <si>
-    <t>59.97%</t>
+    <t>59.86%</t>
   </si>
   <si>
     <t>89.28%</t>
   </si>
   <si>
-    <t>1.40%</t>
+    <t>1.36%</t>
   </si>
   <si>
     <t>13.70%</t>
   </si>
   <si>
-    <t>31.08%</t>
-[...5 lines deleted...]
-    <t>54.37%</t>
+    <t>30.38%</t>
+  </si>
+  <si>
+    <t>49.35%</t>
+  </si>
+  <si>
+    <t>54.10%</t>
   </si>
   <si>
     <t>89.68%</t>
   </si>
   <si>
     <t>Buzau</t>
   </si>
   <si>
     <t>77.27%</t>
   </si>
   <si>
     <t>74.61%</t>
   </si>
   <si>
     <t>Cluj-Napoca</t>
   </si>
   <si>
-    <t>77.33%</t>
+    <t>76.32%</t>
   </si>
   <si>
     <t>80.91%</t>
   </si>
   <si>
-    <t>65.17%</t>
+    <t>63.74%</t>
   </si>
   <si>
     <t>Constanta</t>
   </si>
   <si>
     <t>47.02%</t>
   </si>
   <si>
     <t>72.37%</t>
   </si>
   <si>
     <t>40.00%</t>
   </si>
   <si>
     <t>35.33%</t>
   </si>
   <si>
-    <t>40.89%</t>
+    <t>38.60%</t>
   </si>
   <si>
     <t>77.65%</t>
   </si>
   <si>
     <t>Craiova</t>
   </si>
   <si>
-    <t>42.79%</t>
-[...5 lines deleted...]
-    <t>29.76%</t>
+    <t>42.51%</t>
+  </si>
+  <si>
+    <t>71.30%</t>
+  </si>
+  <si>
+    <t>29.68%</t>
   </si>
   <si>
     <t>Galati</t>
   </si>
   <si>
     <t>21.74%</t>
   </si>
   <si>
     <t>47.86%</t>
   </si>
   <si>
     <t>21.28%</t>
   </si>
   <si>
     <t>Iasi</t>
   </si>
   <si>
     <t>67.98%</t>
   </si>
   <si>
     <t>83.67%</t>
   </si>
   <si>
     <t>25.00%</t>
   </si>
   <si>
     <t>15.78%</t>
   </si>
   <si>
     <t>61.90%</t>
   </si>
   <si>
     <t>Oradea</t>
   </si>
   <si>
-    <t>23.08%</t>
+    <t>22.86%</t>
   </si>
   <si>
     <t>78.62%</t>
   </si>
   <si>
+    <t>6.41%</t>
+  </si>
+  <si>
+    <t>22.99%</t>
+  </si>
+  <si>
+    <t>78.98%</t>
+  </si>
+  <si>
     <t>Pitesti</t>
   </si>
   <si>
     <t>55.19%</t>
   </si>
   <si>
     <t>80.28%</t>
   </si>
   <si>
     <t>9.09%</t>
   </si>
   <si>
     <t>9.66%</t>
   </si>
   <si>
-    <t>15.21%</t>
+    <t>15.13%</t>
   </si>
   <si>
     <t>49.45%</t>
   </si>
   <si>
     <t>80.38%</t>
   </si>
   <si>
     <t>Ploiesti</t>
   </si>
   <si>
     <t>48.82%</t>
   </si>
   <si>
     <t>68.49%</t>
   </si>
   <si>
     <t>13.38%</t>
   </si>
   <si>
     <t>85.71%</t>
   </si>
   <si>
-    <t>21.41%</t>
+    <t>23.79%</t>
   </si>
   <si>
     <t>52.86%</t>
   </si>
   <si>
-    <t>69.46%</t>
+    <t>69.61%</t>
   </si>
   <si>
     <t>Sibiu</t>
   </si>
   <si>
     <t>30.16%</t>
   </si>
   <si>
     <t>87.38%</t>
   </si>
   <si>
     <t>13.79%</t>
   </si>
   <si>
     <t>42.91%</t>
   </si>
   <si>
     <t>15.24%</t>
   </si>
   <si>
     <t>26.52%</t>
   </si>
   <si>
     <t>87.52%</t>
   </si>
   <si>
     <t>Suceava</t>
   </si>
   <si>
     <t>78.05%</t>
   </si>
   <si>
     <t>52.68%</t>
   </si>
   <si>
     <t>49.23%</t>
   </si>
   <si>
     <t>Targu Mures</t>
   </si>
   <si>
-    <t>49.37%</t>
-[...2 lines deleted...]
-    <t>78.98%</t>
+    <t>79.10%</t>
   </si>
   <si>
     <t>Timisoara</t>
   </si>
   <si>
-    <t>59.44%</t>
+    <t>58.51%</t>
   </si>
   <si>
     <t>79.92%</t>
   </si>
   <si>
-    <t>52.09%</t>
+    <t>51.37%</t>
   </si>
   <si>
     <t>Total orase SAO</t>
   </si>
   <si>
-    <t>57.87%</t>
+    <t>57.71%</t>
   </si>
   <si>
     <t>80.92%</t>
   </si>
   <si>
-    <t>6.16%</t>
+    <t>6.01%</t>
   </si>
   <si>
     <t>9.05%</t>
   </si>
   <si>
-    <t>27.07%</t>
-[...5 lines deleted...]
-    <t>81.41%</t>
+    <t>26.75%</t>
+  </si>
+  <si>
+    <t>22.62%</t>
+  </si>
+  <si>
+    <t>51.80%</t>
+  </si>
+  <si>
+    <t>81.44%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1020,66 +1029,66 @@
       <c r="E9">
         <v>86</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9">
         <v>3051</v>
       </c>
       <c r="H9">
         <v>2989</v>
       </c>
       <c r="I9" t="s">
         <v>18</v>
       </c>
       <c r="J9"/>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D10" t="s">
         <v>24</v>
       </c>
       <c r="E10">
         <v>73</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
       <c r="G10">
-        <v>3178</v>
+        <v>3189</v>
       </c>
       <c r="H10">
-        <v>3730</v>
+        <v>3743</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
       <c r="J10"/>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11">
         <v>25</v>
       </c>
       <c r="F11" t="s">
         <v>27</v>
       </c>
@@ -1110,96 +1119,96 @@
       <c r="E12" t="s">
         <v>15</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
         <v>15</v>
       </c>
       <c r="I12" t="s">
         <v>17</v>
       </c>
       <c r="J12"/>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" t="s">
         <v>9</v>
       </c>
       <c r="B13" t="s">
         <v>23</v>
       </c>
       <c r="C13">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D13" t="s">
         <v>28</v>
       </c>
       <c r="E13">
         <v>73</v>
       </c>
       <c r="F13" t="s">
         <v>29</v>
       </c>
       <c r="G13">
-        <v>3410</v>
+        <v>3421</v>
       </c>
       <c r="H13">
-        <v>4002</v>
+        <v>4015</v>
       </c>
       <c r="I13" t="s">
         <v>18</v>
       </c>
       <c r="J13"/>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" t="s">
         <v>9</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D14" t="s">
         <v>31</v>
       </c>
       <c r="E14">
         <v>114</v>
       </c>
       <c r="F14" t="s">
         <v>32</v>
       </c>
       <c r="G14">
-        <v>2800</v>
+        <v>2804</v>
       </c>
       <c r="H14">
-        <v>2331</v>
+        <v>2334</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
       <c r="J14"/>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" t="s">
         <v>9</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" t="s">
         <v>14</v>
       </c>
       <c r="D15" t="s">
         <v>15</v>
       </c>
       <c r="E15" t="s">
         <v>15</v>
       </c>
       <c r="F15" t="s">
         <v>15</v>
       </c>
@@ -1230,66 +1239,66 @@
       <c r="E16" t="s">
         <v>15</v>
       </c>
       <c r="F16" t="s">
         <v>15</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
         <v>15</v>
       </c>
       <c r="I16" t="s">
         <v>17</v>
       </c>
       <c r="J16"/>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" t="s">
         <v>9</v>
       </c>
       <c r="B17" t="s">
         <v>30</v>
       </c>
       <c r="C17">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D17" t="s">
         <v>31</v>
       </c>
       <c r="E17">
         <v>114</v>
       </c>
       <c r="F17" t="s">
         <v>32</v>
       </c>
       <c r="G17">
-        <v>2800</v>
+        <v>2804</v>
       </c>
       <c r="H17">
-        <v>2331</v>
+        <v>2334</v>
       </c>
       <c r="I17" t="s">
         <v>18</v>
       </c>
       <c r="J17"/>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" t="s">
         <v>9</v>
       </c>
       <c r="B18" t="s">
         <v>33</v>
       </c>
       <c r="C18">
         <v>66</v>
       </c>
       <c r="D18" t="s">
         <v>34</v>
       </c>
       <c r="E18">
         <v>139</v>
       </c>
       <c r="F18" t="s">
         <v>35</v>
       </c>
@@ -1380,156 +1389,156 @@
       <c r="E21">
         <v>140</v>
       </c>
       <c r="F21" t="s">
         <v>41</v>
       </c>
       <c r="G21">
         <v>4440</v>
       </c>
       <c r="H21">
         <v>2369</v>
       </c>
       <c r="I21" t="s">
         <v>18</v>
       </c>
       <c r="J21"/>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" t="s">
         <v>9</v>
       </c>
       <c r="B22" t="s">
         <v>42</v>
       </c>
       <c r="C22">
-        <v>2803</v>
+        <v>2805</v>
       </c>
       <c r="D22" t="s">
         <v>43</v>
       </c>
       <c r="E22">
         <v>1212</v>
       </c>
       <c r="F22" t="s">
         <v>44</v>
       </c>
       <c r="G22">
-        <v>202978</v>
+        <v>203049</v>
       </c>
       <c r="H22">
-        <v>14954</v>
+        <v>14959</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
       <c r="J22"/>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" t="s">
         <v>9</v>
       </c>
       <c r="B23" t="s">
         <v>42</v>
       </c>
       <c r="C23">
         <v>6</v>
       </c>
       <c r="D23" t="s">
         <v>45</v>
       </c>
       <c r="E23">
         <v>186</v>
       </c>
       <c r="F23" t="s">
         <v>46</v>
       </c>
       <c r="G23">
         <v>1346</v>
       </c>
       <c r="H23">
         <v>99</v>
       </c>
       <c r="I23" t="s">
         <v>16</v>
       </c>
       <c r="J23"/>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" t="s">
         <v>9</v>
       </c>
       <c r="B24" t="s">
         <v>42</v>
       </c>
       <c r="C24">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D24" t="s">
         <v>47</v>
       </c>
       <c r="E24">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="F24" t="s">
         <v>48</v>
       </c>
       <c r="G24">
-        <v>5603</v>
+        <v>5664</v>
       </c>
       <c r="H24">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="I24" t="s">
         <v>17</v>
       </c>
       <c r="J24"/>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" t="s">
         <v>9</v>
       </c>
       <c r="B25" t="s">
         <v>42</v>
       </c>
       <c r="C25">
-        <v>2855</v>
+        <v>2859</v>
       </c>
       <c r="D25" t="s">
         <v>49</v>
       </c>
       <c r="E25">
         <v>1217</v>
       </c>
       <c r="F25" t="s">
         <v>50</v>
       </c>
       <c r="G25">
-        <v>209927</v>
+        <v>210060</v>
       </c>
       <c r="H25">
-        <v>15466</v>
+        <v>15476</v>
       </c>
       <c r="I25" t="s">
         <v>18</v>
       </c>
       <c r="J25"/>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" t="s">
         <v>9</v>
       </c>
       <c r="B26" t="s">
         <v>51</v>
       </c>
       <c r="C26">
         <v>34</v>
       </c>
       <c r="D26" t="s">
         <v>52</v>
       </c>
       <c r="E26">
         <v>60</v>
       </c>
       <c r="F26" t="s">
         <v>53</v>
       </c>
@@ -1860,66 +1869,66 @@
       <c r="E37">
         <v>158</v>
       </c>
       <c r="F37" t="s">
         <v>64</v>
       </c>
       <c r="G37">
         <v>3104</v>
       </c>
       <c r="H37">
         <v>1525</v>
       </c>
       <c r="I37" t="s">
         <v>18</v>
       </c>
       <c r="J37"/>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" t="s">
         <v>9</v>
       </c>
       <c r="B38" t="s">
         <v>65</v>
       </c>
       <c r="C38">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D38" t="s">
         <v>66</v>
       </c>
       <c r="E38">
         <v>130</v>
       </c>
       <c r="F38" t="s">
         <v>67</v>
       </c>
       <c r="G38">
-        <v>4742</v>
+        <v>4759</v>
       </c>
       <c r="H38">
-        <v>2598</v>
+        <v>2607</v>
       </c>
       <c r="I38" t="s">
         <v>13</v>
       </c>
       <c r="J38"/>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" t="s">
         <v>9</v>
       </c>
       <c r="B39" t="s">
         <v>65</v>
       </c>
       <c r="C39" t="s">
         <v>14</v>
       </c>
       <c r="D39" t="s">
         <v>15</v>
       </c>
       <c r="E39" t="s">
         <v>15</v>
       </c>
       <c r="F39" t="s">
         <v>15</v>
       </c>
@@ -1950,66 +1959,66 @@
       <c r="E40" t="s">
         <v>15</v>
       </c>
       <c r="F40" t="s">
         <v>15</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
         <v>15</v>
       </c>
       <c r="I40" t="s">
         <v>17</v>
       </c>
       <c r="J40"/>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" t="s">
         <v>9</v>
       </c>
       <c r="B41" t="s">
         <v>65</v>
       </c>
       <c r="C41">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D41" t="s">
         <v>68</v>
       </c>
       <c r="E41">
         <v>130</v>
       </c>
       <c r="F41" t="s">
         <v>67</v>
       </c>
       <c r="G41">
-        <v>4742</v>
+        <v>4759</v>
       </c>
       <c r="H41">
-        <v>2598</v>
+        <v>2607</v>
       </c>
       <c r="I41" t="s">
         <v>18</v>
       </c>
       <c r="J41"/>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" t="s">
         <v>9</v>
       </c>
       <c r="B42" t="s">
         <v>69</v>
       </c>
       <c r="C42">
         <v>10</v>
       </c>
       <c r="D42" t="s">
         <v>70</v>
       </c>
       <c r="E42">
         <v>81</v>
       </c>
       <c r="F42" t="s">
         <v>71</v>
       </c>
@@ -2279,937 +2288,937 @@
       </c>
       <c r="E51" t="s">
         <v>15</v>
       </c>
       <c r="F51" t="s">
         <v>15</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
         <v>15</v>
       </c>
       <c r="I51" t="s">
         <v>16</v>
       </c>
       <c r="J51"/>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" t="s">
         <v>9</v>
       </c>
       <c r="B52" t="s">
         <v>79</v>
       </c>
-      <c r="C52" t="s">
-        <v>14</v>
+      <c r="C52">
+        <v>1</v>
       </c>
       <c r="D52" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>38</v>
+      </c>
+      <c r="E52">
+        <v>9</v>
       </c>
       <c r="F52" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>82</v>
+      </c>
+      <c r="G52">
+        <v>42</v>
+      </c>
+      <c r="H52">
+        <v>29</v>
       </c>
       <c r="I52" t="s">
         <v>17</v>
       </c>
       <c r="J52"/>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" t="s">
         <v>9</v>
       </c>
       <c r="B53" t="s">
         <v>79</v>
       </c>
       <c r="C53">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D53" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="E53">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F53" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="G53">
-        <v>2476</v>
+        <v>2518</v>
       </c>
       <c r="H53">
-        <v>1692</v>
+        <v>1721</v>
       </c>
       <c r="I53" t="s">
         <v>18</v>
       </c>
       <c r="J53"/>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" t="s">
         <v>9</v>
       </c>
       <c r="B54" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C54">
         <v>85</v>
       </c>
       <c r="D54" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="E54">
         <v>89</v>
       </c>
       <c r="F54" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="G54">
         <v>2955</v>
       </c>
       <c r="H54">
         <v>2669</v>
       </c>
       <c r="I54" t="s">
         <v>13</v>
       </c>
       <c r="J54"/>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" t="s">
         <v>9</v>
       </c>
       <c r="B55" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C55">
         <v>2</v>
       </c>
       <c r="D55" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E55">
         <v>11</v>
       </c>
       <c r="F55" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="G55">
         <v>36</v>
       </c>
       <c r="H55">
         <v>33</v>
       </c>
       <c r="I55" t="s">
         <v>16</v>
       </c>
       <c r="J55"/>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" t="s">
         <v>9</v>
       </c>
       <c r="B56" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C56">
         <v>3</v>
       </c>
       <c r="D56" t="s">
         <v>38</v>
       </c>
       <c r="E56">
         <v>17</v>
       </c>
       <c r="F56" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="G56">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H56">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="I56" t="s">
         <v>17</v>
       </c>
       <c r="J56"/>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" t="s">
         <v>9</v>
       </c>
       <c r="B57" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C57">
         <v>90</v>
       </c>
       <c r="D57" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="E57">
         <v>89</v>
       </c>
       <c r="F57" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="G57">
-        <v>3058</v>
+        <v>3056</v>
       </c>
       <c r="H57">
-        <v>2762</v>
+        <v>2760</v>
       </c>
       <c r="I57" t="s">
         <v>18</v>
       </c>
       <c r="J57"/>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" t="s">
         <v>9</v>
       </c>
       <c r="B58" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C58">
         <v>62</v>
       </c>
       <c r="D58" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="E58">
         <v>95</v>
       </c>
       <c r="F58" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="G58">
         <v>1285</v>
       </c>
       <c r="H58">
         <v>929</v>
       </c>
       <c r="I58" t="s">
         <v>13</v>
       </c>
       <c r="J58"/>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" t="s">
         <v>9</v>
       </c>
       <c r="B59" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C59">
         <v>6</v>
       </c>
       <c r="D59" t="s">
         <v>26</v>
       </c>
       <c r="E59">
         <v>19</v>
       </c>
       <c r="F59" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="G59">
         <v>152</v>
       </c>
       <c r="H59">
         <v>110</v>
       </c>
       <c r="I59" t="s">
         <v>16</v>
       </c>
       <c r="J59"/>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" t="s">
         <v>9</v>
       </c>
       <c r="B60" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C60">
         <v>6</v>
       </c>
       <c r="D60" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="E60">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F60" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="G60">
+        <v>158</v>
+      </c>
+      <c r="H60">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="I60" t="s">
         <v>17</v>
       </c>
       <c r="J60"/>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="s">
         <v>9</v>
       </c>
       <c r="B61" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C61">
         <v>74</v>
       </c>
       <c r="D61" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="E61">
         <v>96</v>
       </c>
       <c r="F61" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="G61">
-        <v>1551</v>
+        <v>1595</v>
       </c>
       <c r="H61">
-        <v>1122</v>
+        <v>1153</v>
       </c>
       <c r="I61" t="s">
         <v>18</v>
       </c>
       <c r="J61"/>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" t="s">
         <v>9</v>
       </c>
       <c r="B62" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C62">
         <v>92</v>
       </c>
       <c r="D62" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="E62">
         <v>92</v>
       </c>
       <c r="F62" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="G62">
         <v>2581</v>
       </c>
       <c r="H62">
         <v>2459</v>
       </c>
       <c r="I62" t="s">
         <v>13</v>
       </c>
       <c r="J62"/>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" t="s">
         <v>9</v>
       </c>
       <c r="B63" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C63">
         <v>12</v>
       </c>
       <c r="D63" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="E63">
         <v>45</v>
       </c>
       <c r="F63" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="G63">
         <v>713</v>
       </c>
       <c r="H63">
         <v>679</v>
       </c>
       <c r="I63" t="s">
         <v>16</v>
       </c>
       <c r="J63"/>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="s">
         <v>9</v>
       </c>
       <c r="B64" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C64">
         <v>1</v>
       </c>
       <c r="D64" t="s">
         <v>76</v>
       </c>
       <c r="E64">
         <v>16</v>
       </c>
       <c r="F64" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="G64">
         <v>41</v>
       </c>
       <c r="H64">
         <v>39</v>
       </c>
       <c r="I64" t="s">
         <v>17</v>
       </c>
       <c r="J64"/>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" t="s">
         <v>9</v>
       </c>
       <c r="B65" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C65">
         <v>105</v>
       </c>
       <c r="D65" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="E65">
         <v>92</v>
       </c>
       <c r="F65" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="G65">
         <v>3334</v>
       </c>
       <c r="H65">
         <v>3176</v>
       </c>
       <c r="I65" t="s">
         <v>18</v>
       </c>
       <c r="J65"/>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" t="s">
         <v>9</v>
       </c>
       <c r="B66" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C66">
         <v>32</v>
       </c>
       <c r="D66" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="E66">
         <v>34</v>
       </c>
       <c r="F66" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="G66">
         <v>455</v>
       </c>
       <c r="H66">
         <v>704</v>
       </c>
       <c r="I66" t="s">
         <v>13</v>
       </c>
       <c r="J66"/>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="s">
         <v>9</v>
       </c>
       <c r="B67" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C67" t="s">
         <v>14</v>
       </c>
       <c r="D67" t="s">
         <v>15</v>
       </c>
       <c r="E67" t="s">
         <v>15</v>
       </c>
       <c r="F67" t="s">
         <v>15</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
         <v>15</v>
       </c>
       <c r="I67" t="s">
         <v>16</v>
       </c>
       <c r="J67"/>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" t="s">
         <v>9</v>
       </c>
       <c r="B68" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C68" t="s">
         <v>14</v>
       </c>
       <c r="D68" t="s">
         <v>15</v>
       </c>
       <c r="E68" t="s">
         <v>15</v>
       </c>
       <c r="F68" t="s">
         <v>15</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
         <v>15</v>
       </c>
       <c r="I68" t="s">
         <v>17</v>
       </c>
       <c r="J68"/>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" t="s">
         <v>9</v>
       </c>
       <c r="B69" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C69">
         <v>32</v>
       </c>
       <c r="D69" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="E69">
         <v>34</v>
       </c>
       <c r="F69" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="G69">
         <v>455</v>
       </c>
       <c r="H69">
         <v>704</v>
       </c>
       <c r="I69" t="s">
         <v>18</v>
       </c>
       <c r="J69"/>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="s">
         <v>9</v>
       </c>
       <c r="B70" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C70">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D70" t="s">
-        <v>111</v>
+        <v>38</v>
       </c>
       <c r="E70">
         <v>71</v>
       </c>
       <c r="F70" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="G70">
-        <v>581</v>
+        <v>653</v>
       </c>
       <c r="H70">
-        <v>650</v>
+        <v>731</v>
       </c>
       <c r="I70" t="s">
         <v>13</v>
       </c>
       <c r="J70"/>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" t="s">
         <v>9</v>
       </c>
       <c r="B71" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C71" t="s">
         <v>14</v>
       </c>
       <c r="D71" t="s">
         <v>15</v>
       </c>
       <c r="E71" t="s">
         <v>15</v>
       </c>
       <c r="F71" t="s">
         <v>15</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
         <v>15</v>
       </c>
       <c r="I71" t="s">
         <v>16</v>
       </c>
       <c r="J71"/>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" t="s">
         <v>9</v>
       </c>
       <c r="B72" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C72" t="s">
         <v>14</v>
       </c>
       <c r="D72" t="s">
         <v>15</v>
       </c>
       <c r="E72" t="s">
         <v>15</v>
       </c>
       <c r="F72" t="s">
         <v>15</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
         <v>15</v>
       </c>
       <c r="I72" t="s">
         <v>17</v>
       </c>
       <c r="J72"/>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="s">
         <v>9</v>
       </c>
       <c r="B73" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C73">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D73" t="s">
-        <v>111</v>
+        <v>38</v>
       </c>
       <c r="E73">
         <v>71</v>
       </c>
       <c r="F73" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="G73">
-        <v>581</v>
+        <v>653</v>
       </c>
       <c r="H73">
-        <v>650</v>
+        <v>731</v>
       </c>
       <c r="I73" t="s">
         <v>18</v>
       </c>
       <c r="J73"/>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" t="s">
         <v>9</v>
       </c>
       <c r="B74" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C74">
         <v>299</v>
       </c>
       <c r="D74" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E74">
         <v>159</v>
       </c>
       <c r="F74" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="G74">
         <v>8269</v>
       </c>
       <c r="H74">
         <v>4168</v>
       </c>
       <c r="I74" t="s">
         <v>13</v>
       </c>
       <c r="J74"/>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" t="s">
         <v>9</v>
       </c>
       <c r="B75" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C75" t="s">
         <v>14</v>
       </c>
       <c r="D75" t="s">
         <v>15</v>
       </c>
       <c r="E75" t="s">
         <v>15</v>
       </c>
       <c r="F75" t="s">
         <v>15</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
         <v>15</v>
       </c>
       <c r="I75" t="s">
         <v>16</v>
       </c>
       <c r="J75"/>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="s">
         <v>9</v>
       </c>
       <c r="B76" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C76" t="s">
         <v>14</v>
       </c>
       <c r="D76" t="s">
         <v>15</v>
       </c>
       <c r="E76" t="s">
         <v>15</v>
       </c>
       <c r="F76" t="s">
         <v>15</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
         <v>15</v>
       </c>
       <c r="I76" t="s">
         <v>17</v>
       </c>
       <c r="J76"/>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" t="s">
         <v>9</v>
       </c>
       <c r="B77" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C77">
         <v>299</v>
       </c>
       <c r="D77" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E77">
         <v>159</v>
       </c>
       <c r="F77" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="G77">
         <v>8269</v>
       </c>
       <c r="H77">
         <v>4168</v>
       </c>
       <c r="I77" t="s">
         <v>18</v>
       </c>
       <c r="J77"/>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" t="s">
         <v>9</v>
       </c>
       <c r="B78" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C78">
-        <v>4981</v>
+        <v>4987</v>
       </c>
       <c r="D78" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E78">
         <v>3154</v>
       </c>
       <c r="F78" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="G78">
-        <v>268121</v>
+        <v>268297</v>
       </c>
       <c r="H78">
-        <v>6879</v>
+        <v>6883</v>
       </c>
       <c r="I78" t="s">
         <v>13</v>
       </c>
       <c r="J78"/>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="s">
         <v>9</v>
       </c>
       <c r="B79" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C79">
         <v>59</v>
       </c>
       <c r="D79" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E79">
         <v>353</v>
       </c>
       <c r="F79" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="G79">
         <v>3911</v>
       </c>
       <c r="H79">
         <v>100</v>
       </c>
       <c r="I79" t="s">
         <v>16</v>
       </c>
       <c r="J79"/>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" t="s">
         <v>9</v>
       </c>
       <c r="B80" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C80">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="D80" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E80">
-        <v>865</v>
+        <v>882</v>
       </c>
       <c r="F80" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G80">
-        <v>6296</v>
+        <v>6440</v>
       </c>
       <c r="H80">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="I80" t="s">
         <v>17</v>
       </c>
       <c r="J80"/>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" t="s">
         <v>9</v>
       </c>
       <c r="B81" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C81">
-        <v>5102</v>
+        <v>5111</v>
       </c>
       <c r="D81" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="E81">
-        <v>3173</v>
+        <v>3174</v>
       </c>
       <c r="F81" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="G81">
-        <v>278327</v>
+        <v>278647</v>
       </c>
       <c r="H81">
-        <v>7140</v>
+        <v>7149</v>
       </c>
       <c r="I81" t="s">
         <v>18</v>
       </c>
       <c r="J81"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>