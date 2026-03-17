--- v1 (2025-12-07)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="livrari_sao_audiente_491_6" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>Nume companie</t>
   </si>
   <si>
     <t>Oras</t>
   </si>
   <si>
     <t>Panouri (total)</t>
   </si>
   <si>
     <t>Panouri (%)</t>
   </si>
   <si>
     <t>Reach (mii)</t>
   </si>
   <si>
     <t>Reach (%)</t>
   </si>
   <si>
     <t>GRP (mii)</t>
   </si>
   <si>
     <t>GRP (%)</t>
   </si>
   <si>
@@ -89,249 +89,255 @@
   <si>
     <t>Panouri digitale</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Bacau</t>
   </si>
   <si>
     <t>47.45%</t>
   </si>
   <si>
     <t>84.24%</t>
   </si>
   <si>
     <t>41.40%</t>
   </si>
   <si>
     <t>Baia Mare</t>
   </si>
   <si>
     <t>92.40%</t>
   </si>
   <si>
-    <t>85.68%</t>
+    <t>85.67%</t>
   </si>
   <si>
     <t>100.00%</t>
   </si>
   <si>
     <t>29.73%</t>
   </si>
   <si>
     <t>92.65%</t>
   </si>
   <si>
-    <t>85.70%</t>
+    <t>85.69%</t>
   </si>
   <si>
     <t>Braila</t>
   </si>
   <si>
-    <t>77.60%</t>
-[...2 lines deleted...]
-    <t>94.92%</t>
+    <t>77.78%</t>
+  </si>
+  <si>
+    <t>94.94%</t>
   </si>
   <si>
     <t>Brasov</t>
   </si>
   <si>
     <t>52.80%</t>
   </si>
   <si>
     <t>74.08%</t>
   </si>
   <si>
     <t>60.00%</t>
   </si>
   <si>
     <t>35.91%</t>
   </si>
   <si>
+    <t>66.67%</t>
+  </si>
+  <si>
+    <t>24.65%</t>
+  </si>
+  <si>
+    <t>54.76%</t>
+  </si>
+  <si>
+    <t>77.89%</t>
+  </si>
+  <si>
+    <t>Bucuresti</t>
+  </si>
+  <si>
+    <t>59.85%</t>
+  </si>
+  <si>
+    <t>89.28%</t>
+  </si>
+  <si>
+    <t>1.36%</t>
+  </si>
+  <si>
+    <t>13.70%</t>
+  </si>
+  <si>
+    <t>30.00%</t>
+  </si>
+  <si>
+    <t>55.77%</t>
+  </si>
+  <si>
+    <t>54.02%</t>
+  </si>
+  <si>
+    <t>89.68%</t>
+  </si>
+  <si>
+    <t>Buzau</t>
+  </si>
+  <si>
+    <t>77.27%</t>
+  </si>
+  <si>
+    <t>74.61%</t>
+  </si>
+  <si>
+    <t>Cluj-Napoca</t>
+  </si>
+  <si>
+    <t>54.46%</t>
+  </si>
+  <si>
+    <t>80.91%</t>
+  </si>
+  <si>
+    <t>47.54%</t>
+  </si>
+  <si>
+    <t>Constanta</t>
+  </si>
+  <si>
+    <t>47.02%</t>
+  </si>
+  <si>
+    <t>72.37%</t>
+  </si>
+  <si>
+    <t>40.00%</t>
+  </si>
+  <si>
+    <t>35.33%</t>
+  </si>
+  <si>
+    <t>38.60%</t>
+  </si>
+  <si>
+    <t>77.65%</t>
+  </si>
+  <si>
+    <t>Craiova</t>
+  </si>
+  <si>
+    <t>42.41%</t>
+  </si>
+  <si>
+    <t>71.30%</t>
+  </si>
+  <si>
+    <t>29.63%</t>
+  </si>
+  <si>
+    <t>Galati</t>
+  </si>
+  <si>
+    <t>21.74%</t>
+  </si>
+  <si>
+    <t>47.86%</t>
+  </si>
+  <si>
+    <t>21.28%</t>
+  </si>
+  <si>
+    <t>Iasi</t>
+  </si>
+  <si>
+    <t>67.98%</t>
+  </si>
+  <si>
+    <t>83.67%</t>
+  </si>
+  <si>
+    <t>25.00%</t>
+  </si>
+  <si>
+    <t>15.78%</t>
+  </si>
+  <si>
+    <t>61.90%</t>
+  </si>
+  <si>
+    <t>Oradea</t>
+  </si>
+  <si>
+    <t>22.65%</t>
+  </si>
+  <si>
+    <t>78.62%</t>
+  </si>
+  <si>
     <t>50.00%</t>
   </si>
   <si>
-    <t>16.63%</t>
-[...127 lines deleted...]
-  <si>
     <t>6.41%</t>
   </si>
   <si>
-    <t>22.99%</t>
+    <t>22.78%</t>
   </si>
   <si>
     <t>78.98%</t>
   </si>
   <si>
     <t>Pitesti</t>
   </si>
   <si>
     <t>55.19%</t>
   </si>
   <si>
     <t>80.28%</t>
   </si>
   <si>
     <t>9.09%</t>
   </si>
   <si>
     <t>9.66%</t>
   </si>
   <si>
+    <t>42.86%</t>
+  </si>
+  <si>
     <t>15.13%</t>
   </si>
   <si>
-    <t>49.45%</t>
+    <t>49.18%</t>
   </si>
   <si>
     <t>80.38%</t>
   </si>
   <si>
     <t>Ploiesti</t>
   </si>
   <si>
     <t>48.82%</t>
   </si>
   <si>
     <t>68.49%</t>
   </si>
   <si>
     <t>13.38%</t>
   </si>
   <si>
     <t>85.71%</t>
   </si>
   <si>
     <t>23.79%</t>
   </si>
   <si>
     <t>52.86%</t>
   </si>
@@ -362,84 +368,84 @@
   <si>
     <t>87.52%</t>
   </si>
   <si>
     <t>Suceava</t>
   </si>
   <si>
     <t>78.05%</t>
   </si>
   <si>
     <t>52.68%</t>
   </si>
   <si>
     <t>49.23%</t>
   </si>
   <si>
     <t>Targu Mures</t>
   </si>
   <si>
     <t>79.10%</t>
   </si>
   <si>
     <t>Timisoara</t>
   </si>
   <si>
-    <t>58.51%</t>
+    <t>58.40%</t>
   </si>
   <si>
     <t>79.92%</t>
   </si>
   <si>
-    <t>51.37%</t>
+    <t>51.11%</t>
   </si>
   <si>
     <t>Total orase SAO</t>
   </si>
   <si>
-    <t>57.71%</t>
+    <t>57.27%</t>
   </si>
   <si>
     <t>80.92%</t>
   </si>
   <si>
     <t>6.01%</t>
   </si>
   <si>
     <t>9.05%</t>
   </si>
   <si>
-    <t>26.75%</t>
-[...8 lines deleted...]
-    <t>81.44%</t>
+    <t>26.54%</t>
+  </si>
+  <si>
+    <t>25.24%</t>
+  </si>
+  <si>
+    <t>51.41%</t>
+  </si>
+  <si>
+    <t>81.58%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1041,54 +1047,54 @@
       <c r="I9" t="s">
         <v>18</v>
       </c>
       <c r="J9"/>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>243</v>
       </c>
       <c r="D10" t="s">
         <v>24</v>
       </c>
       <c r="E10">
         <v>73</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
       <c r="G10">
-        <v>3189</v>
+        <v>3173</v>
       </c>
       <c r="H10">
-        <v>3743</v>
+        <v>3723</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
       <c r="J10"/>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11">
         <v>25</v>
       </c>
       <c r="F11" t="s">
         <v>27</v>
       </c>
@@ -1131,84 +1137,84 @@
       <c r="I12" t="s">
         <v>17</v>
       </c>
       <c r="J12"/>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" t="s">
         <v>9</v>
       </c>
       <c r="B13" t="s">
         <v>23</v>
       </c>
       <c r="C13">
         <v>252</v>
       </c>
       <c r="D13" t="s">
         <v>28</v>
       </c>
       <c r="E13">
         <v>73</v>
       </c>
       <c r="F13" t="s">
         <v>29</v>
       </c>
       <c r="G13">
-        <v>3421</v>
+        <v>3405</v>
       </c>
       <c r="H13">
-        <v>4015</v>
+        <v>3996</v>
       </c>
       <c r="I13" t="s">
         <v>18</v>
       </c>
       <c r="J13"/>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" t="s">
         <v>9</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D14" t="s">
         <v>31</v>
       </c>
       <c r="E14">
         <v>114</v>
       </c>
       <c r="F14" t="s">
         <v>32</v>
       </c>
       <c r="G14">
-        <v>2804</v>
+        <v>2875</v>
       </c>
       <c r="H14">
-        <v>2334</v>
+        <v>2394</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
       <c r="J14"/>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" t="s">
         <v>9</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" t="s">
         <v>14</v>
       </c>
       <c r="D15" t="s">
         <v>15</v>
       </c>
       <c r="E15" t="s">
         <v>15</v>
       </c>
       <c r="F15" t="s">
         <v>15</v>
       </c>
@@ -1239,66 +1245,66 @@
       <c r="E16" t="s">
         <v>15</v>
       </c>
       <c r="F16" t="s">
         <v>15</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
         <v>15</v>
       </c>
       <c r="I16" t="s">
         <v>17</v>
       </c>
       <c r="J16"/>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" t="s">
         <v>9</v>
       </c>
       <c r="B17" t="s">
         <v>30</v>
       </c>
       <c r="C17">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D17" t="s">
         <v>31</v>
       </c>
       <c r="E17">
         <v>114</v>
       </c>
       <c r="F17" t="s">
         <v>32</v>
       </c>
       <c r="G17">
-        <v>2804</v>
+        <v>2875</v>
       </c>
       <c r="H17">
-        <v>2334</v>
+        <v>2394</v>
       </c>
       <c r="I17" t="s">
         <v>18</v>
       </c>
       <c r="J17"/>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" t="s">
         <v>9</v>
       </c>
       <c r="B18" t="s">
         <v>33</v>
       </c>
       <c r="C18">
         <v>66</v>
       </c>
       <c r="D18" t="s">
         <v>34</v>
       </c>
       <c r="E18">
         <v>139</v>
       </c>
       <c r="F18" t="s">
         <v>35</v>
       </c>
@@ -1329,96 +1335,96 @@
       <c r="E19">
         <v>67</v>
       </c>
       <c r="F19" t="s">
         <v>37</v>
       </c>
       <c r="G19">
         <v>1432</v>
       </c>
       <c r="H19">
         <v>764</v>
       </c>
       <c r="I19" t="s">
         <v>16</v>
       </c>
       <c r="J19"/>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" t="s">
         <v>9</v>
       </c>
       <c r="B20" t="s">
         <v>33</v>
       </c>
       <c r="C20">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D20" t="s">
         <v>38</v>
       </c>
       <c r="E20">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="F20" t="s">
         <v>39</v>
       </c>
       <c r="G20">
-        <v>96</v>
+        <v>137</v>
       </c>
       <c r="H20">
-        <v>51</v>
+        <v>73</v>
       </c>
       <c r="I20" t="s">
         <v>17</v>
       </c>
       <c r="J20"/>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" t="s">
         <v>9</v>
       </c>
       <c r="B21" t="s">
         <v>33</v>
       </c>
       <c r="C21">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D21" t="s">
         <v>40</v>
       </c>
       <c r="E21">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="F21" t="s">
         <v>41</v>
       </c>
       <c r="G21">
-        <v>4440</v>
+        <v>4480</v>
       </c>
       <c r="H21">
-        <v>2369</v>
+        <v>2391</v>
       </c>
       <c r="I21" t="s">
         <v>18</v>
       </c>
       <c r="J21"/>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" t="s">
         <v>9</v>
       </c>
       <c r="B22" t="s">
         <v>42</v>
       </c>
       <c r="C22">
         <v>2805</v>
       </c>
       <c r="D22" t="s">
         <v>43</v>
       </c>
       <c r="E22">
         <v>1212</v>
       </c>
       <c r="F22" t="s">
         <v>44</v>
       </c>
@@ -1449,96 +1455,96 @@
       <c r="E23">
         <v>186</v>
       </c>
       <c r="F23" t="s">
         <v>46</v>
       </c>
       <c r="G23">
         <v>1346</v>
       </c>
       <c r="H23">
         <v>99</v>
       </c>
       <c r="I23" t="s">
         <v>16</v>
       </c>
       <c r="J23"/>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" t="s">
         <v>9</v>
       </c>
       <c r="B24" t="s">
         <v>42</v>
       </c>
       <c r="C24">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D24" t="s">
         <v>47</v>
       </c>
       <c r="E24">
-        <v>670</v>
+        <v>757</v>
       </c>
       <c r="F24" t="s">
         <v>48</v>
       </c>
       <c r="G24">
-        <v>5664</v>
+        <v>6634</v>
       </c>
       <c r="H24">
-        <v>417</v>
+        <v>489</v>
       </c>
       <c r="I24" t="s">
         <v>17</v>
       </c>
       <c r="J24"/>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" t="s">
         <v>9</v>
       </c>
       <c r="B25" t="s">
         <v>42</v>
       </c>
       <c r="C25">
-        <v>2859</v>
+        <v>2862</v>
       </c>
       <c r="D25" t="s">
         <v>49</v>
       </c>
       <c r="E25">
         <v>1217</v>
       </c>
       <c r="F25" t="s">
         <v>50</v>
       </c>
       <c r="G25">
-        <v>210060</v>
+        <v>211029</v>
       </c>
       <c r="H25">
-        <v>15476</v>
+        <v>15547</v>
       </c>
       <c r="I25" t="s">
         <v>18</v>
       </c>
       <c r="J25"/>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" t="s">
         <v>9</v>
       </c>
       <c r="B26" t="s">
         <v>51</v>
       </c>
       <c r="C26">
         <v>34</v>
       </c>
       <c r="D26" t="s">
         <v>52</v>
       </c>
       <c r="E26">
         <v>60</v>
       </c>
       <c r="F26" t="s">
         <v>53</v>
       </c>
@@ -2292,933 +2298,933 @@
       <c r="F51" t="s">
         <v>15</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
         <v>15</v>
       </c>
       <c r="I51" t="s">
         <v>16</v>
       </c>
       <c r="J51"/>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" t="s">
         <v>9</v>
       </c>
       <c r="B52" t="s">
         <v>79</v>
       </c>
       <c r="C52">
         <v>1</v>
       </c>
       <c r="D52" t="s">
-        <v>38</v>
+        <v>82</v>
       </c>
       <c r="E52">
         <v>9</v>
       </c>
       <c r="F52" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G52">
         <v>42</v>
       </c>
       <c r="H52">
         <v>29</v>
       </c>
       <c r="I52" t="s">
         <v>17</v>
       </c>
       <c r="J52"/>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" t="s">
         <v>9</v>
       </c>
       <c r="B53" t="s">
         <v>79</v>
       </c>
       <c r="C53">
         <v>100</v>
       </c>
       <c r="D53" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E53">
         <v>116</v>
       </c>
       <c r="F53" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G53">
         <v>2518</v>
       </c>
       <c r="H53">
         <v>1721</v>
       </c>
       <c r="I53" t="s">
         <v>18</v>
       </c>
       <c r="J53"/>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" t="s">
         <v>9</v>
       </c>
       <c r="B54" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C54">
         <v>85</v>
       </c>
       <c r="D54" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E54">
         <v>89</v>
       </c>
       <c r="F54" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G54">
         <v>2955</v>
       </c>
       <c r="H54">
         <v>2669</v>
       </c>
       <c r="I54" t="s">
         <v>13</v>
       </c>
       <c r="J54"/>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" t="s">
         <v>9</v>
       </c>
       <c r="B55" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C55">
         <v>2</v>
       </c>
       <c r="D55" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E55">
         <v>11</v>
       </c>
       <c r="F55" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G55">
         <v>36</v>
       </c>
       <c r="H55">
         <v>33</v>
       </c>
       <c r="I55" t="s">
         <v>16</v>
       </c>
       <c r="J55"/>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" t="s">
         <v>9</v>
       </c>
       <c r="B56" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C56">
         <v>3</v>
       </c>
       <c r="D56" t="s">
-        <v>38</v>
+        <v>91</v>
       </c>
       <c r="E56">
         <v>17</v>
       </c>
       <c r="F56" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="G56">
         <v>65</v>
       </c>
       <c r="H56">
         <v>58</v>
       </c>
       <c r="I56" t="s">
         <v>17</v>
       </c>
       <c r="J56"/>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" t="s">
         <v>9</v>
       </c>
       <c r="B57" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C57">
         <v>90</v>
       </c>
       <c r="D57" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E57">
         <v>89</v>
       </c>
       <c r="F57" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="G57">
         <v>3056</v>
       </c>
       <c r="H57">
         <v>2760</v>
       </c>
       <c r="I57" t="s">
         <v>18</v>
       </c>
       <c r="J57"/>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" t="s">
         <v>9</v>
       </c>
       <c r="B58" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C58">
         <v>62</v>
       </c>
       <c r="D58" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E58">
         <v>95</v>
       </c>
       <c r="F58" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="G58">
         <v>1285</v>
       </c>
       <c r="H58">
         <v>929</v>
       </c>
       <c r="I58" t="s">
         <v>13</v>
       </c>
       <c r="J58"/>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" t="s">
         <v>9</v>
       </c>
       <c r="B59" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C59">
         <v>6</v>
       </c>
       <c r="D59" t="s">
         <v>26</v>
       </c>
       <c r="E59">
         <v>19</v>
       </c>
       <c r="F59" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="G59">
         <v>152</v>
       </c>
       <c r="H59">
         <v>110</v>
       </c>
       <c r="I59" t="s">
         <v>16</v>
       </c>
       <c r="J59"/>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" t="s">
         <v>9</v>
       </c>
       <c r="B60" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C60">
         <v>6</v>
       </c>
       <c r="D60" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E60">
         <v>33</v>
       </c>
       <c r="F60" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="G60">
         <v>158</v>
       </c>
       <c r="H60">
         <v>114</v>
       </c>
       <c r="I60" t="s">
         <v>17</v>
       </c>
       <c r="J60"/>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="s">
         <v>9</v>
       </c>
       <c r="B61" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C61">
         <v>74</v>
       </c>
       <c r="D61" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="E61">
         <v>96</v>
       </c>
       <c r="F61" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="G61">
         <v>1595</v>
       </c>
       <c r="H61">
         <v>1153</v>
       </c>
       <c r="I61" t="s">
         <v>18</v>
       </c>
       <c r="J61"/>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" t="s">
         <v>9</v>
       </c>
       <c r="B62" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C62">
         <v>92</v>
       </c>
       <c r="D62" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="E62">
         <v>92</v>
       </c>
       <c r="F62" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="G62">
         <v>2581</v>
       </c>
       <c r="H62">
         <v>2459</v>
       </c>
       <c r="I62" t="s">
         <v>13</v>
       </c>
       <c r="J62"/>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" t="s">
         <v>9</v>
       </c>
       <c r="B63" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C63">
         <v>12</v>
       </c>
       <c r="D63" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="E63">
         <v>45</v>
       </c>
       <c r="F63" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="G63">
         <v>713</v>
       </c>
       <c r="H63">
         <v>679</v>
       </c>
       <c r="I63" t="s">
         <v>16</v>
       </c>
       <c r="J63"/>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="s">
         <v>9</v>
       </c>
       <c r="B64" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C64">
         <v>1</v>
       </c>
       <c r="D64" t="s">
         <v>76</v>
       </c>
       <c r="E64">
         <v>16</v>
       </c>
       <c r="F64" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="G64">
         <v>41</v>
       </c>
       <c r="H64">
         <v>39</v>
       </c>
       <c r="I64" t="s">
         <v>17</v>
       </c>
       <c r="J64"/>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" t="s">
         <v>9</v>
       </c>
       <c r="B65" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C65">
         <v>105</v>
       </c>
       <c r="D65" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E65">
         <v>92</v>
       </c>
       <c r="F65" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G65">
         <v>3334</v>
       </c>
       <c r="H65">
         <v>3176</v>
       </c>
       <c r="I65" t="s">
         <v>18</v>
       </c>
       <c r="J65"/>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" t="s">
         <v>9</v>
       </c>
       <c r="B66" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C66">
         <v>32</v>
       </c>
       <c r="D66" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E66">
         <v>34</v>
       </c>
       <c r="F66" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="G66">
         <v>455</v>
       </c>
       <c r="H66">
         <v>704</v>
       </c>
       <c r="I66" t="s">
         <v>13</v>
       </c>
       <c r="J66"/>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="s">
         <v>9</v>
       </c>
       <c r="B67" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C67" t="s">
         <v>14</v>
       </c>
       <c r="D67" t="s">
         <v>15</v>
       </c>
       <c r="E67" t="s">
         <v>15</v>
       </c>
       <c r="F67" t="s">
         <v>15</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
         <v>15</v>
       </c>
       <c r="I67" t="s">
         <v>16</v>
       </c>
       <c r="J67"/>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" t="s">
         <v>9</v>
       </c>
       <c r="B68" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C68" t="s">
         <v>14</v>
       </c>
       <c r="D68" t="s">
         <v>15</v>
       </c>
       <c r="E68" t="s">
         <v>15</v>
       </c>
       <c r="F68" t="s">
         <v>15</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
         <v>15</v>
       </c>
       <c r="I68" t="s">
         <v>17</v>
       </c>
       <c r="J68"/>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" t="s">
         <v>9</v>
       </c>
       <c r="B69" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C69">
         <v>32</v>
       </c>
       <c r="D69" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E69">
         <v>34</v>
       </c>
       <c r="F69" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="G69">
         <v>455</v>
       </c>
       <c r="H69">
         <v>704</v>
       </c>
       <c r="I69" t="s">
         <v>18</v>
       </c>
       <c r="J69"/>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="s">
         <v>9</v>
       </c>
       <c r="B70" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C70">
         <v>40</v>
       </c>
       <c r="D70" t="s">
-        <v>38</v>
+        <v>82</v>
       </c>
       <c r="E70">
         <v>71</v>
       </c>
       <c r="F70" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="G70">
         <v>653</v>
       </c>
       <c r="H70">
         <v>731</v>
       </c>
       <c r="I70" t="s">
         <v>13</v>
       </c>
       <c r="J70"/>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" t="s">
         <v>9</v>
       </c>
       <c r="B71" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C71" t="s">
         <v>14</v>
       </c>
       <c r="D71" t="s">
         <v>15</v>
       </c>
       <c r="E71" t="s">
         <v>15</v>
       </c>
       <c r="F71" t="s">
         <v>15</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
         <v>15</v>
       </c>
       <c r="I71" t="s">
         <v>16</v>
       </c>
       <c r="J71"/>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" t="s">
         <v>9</v>
       </c>
       <c r="B72" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C72" t="s">
         <v>14</v>
       </c>
       <c r="D72" t="s">
         <v>15</v>
       </c>
       <c r="E72" t="s">
         <v>15</v>
       </c>
       <c r="F72" t="s">
         <v>15</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
         <v>15</v>
       </c>
       <c r="I72" t="s">
         <v>17</v>
       </c>
       <c r="J72"/>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="s">
         <v>9</v>
       </c>
       <c r="B73" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C73">
         <v>40</v>
       </c>
       <c r="D73" t="s">
-        <v>38</v>
+        <v>82</v>
       </c>
       <c r="E73">
         <v>71</v>
       </c>
       <c r="F73" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="G73">
         <v>653</v>
       </c>
       <c r="H73">
         <v>731</v>
       </c>
       <c r="I73" t="s">
         <v>18</v>
       </c>
       <c r="J73"/>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" t="s">
         <v>9</v>
       </c>
       <c r="B74" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C74">
         <v>299</v>
       </c>
       <c r="D74" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E74">
         <v>159</v>
       </c>
       <c r="F74" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="G74">
-        <v>8269</v>
+        <v>8273</v>
       </c>
       <c r="H74">
-        <v>4168</v>
+        <v>4170</v>
       </c>
       <c r="I74" t="s">
         <v>13</v>
       </c>
       <c r="J74"/>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" t="s">
         <v>9</v>
       </c>
       <c r="B75" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C75" t="s">
         <v>14</v>
       </c>
       <c r="D75" t="s">
         <v>15</v>
       </c>
       <c r="E75" t="s">
         <v>15</v>
       </c>
       <c r="F75" t="s">
         <v>15</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
         <v>15</v>
       </c>
       <c r="I75" t="s">
         <v>16</v>
       </c>
       <c r="J75"/>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="s">
         <v>9</v>
       </c>
       <c r="B76" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C76" t="s">
         <v>14</v>
       </c>
       <c r="D76" t="s">
         <v>15</v>
       </c>
       <c r="E76" t="s">
         <v>15</v>
       </c>
       <c r="F76" t="s">
         <v>15</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
         <v>15</v>
       </c>
       <c r="I76" t="s">
         <v>17</v>
       </c>
       <c r="J76"/>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" t="s">
         <v>9</v>
       </c>
       <c r="B77" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C77">
         <v>299</v>
       </c>
       <c r="D77" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E77">
         <v>159</v>
       </c>
       <c r="F77" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="G77">
-        <v>8269</v>
+        <v>8273</v>
       </c>
       <c r="H77">
-        <v>4168</v>
+        <v>4170</v>
       </c>
       <c r="I77" t="s">
         <v>18</v>
       </c>
       <c r="J77"/>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" t="s">
         <v>9</v>
       </c>
       <c r="B78" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C78">
-        <v>4987</v>
+        <v>4988</v>
       </c>
       <c r="D78" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E78">
         <v>3154</v>
       </c>
       <c r="F78" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="G78">
-        <v>268297</v>
+        <v>268356</v>
       </c>
       <c r="H78">
-        <v>6883</v>
+        <v>6885</v>
       </c>
       <c r="I78" t="s">
         <v>13</v>
       </c>
       <c r="J78"/>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="s">
         <v>9</v>
       </c>
       <c r="B79" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C79">
         <v>59</v>
       </c>
       <c r="D79" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E79">
         <v>353</v>
       </c>
       <c r="F79" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G79">
         <v>3911</v>
       </c>
       <c r="H79">
         <v>100</v>
       </c>
       <c r="I79" t="s">
         <v>16</v>
       </c>
       <c r="J79"/>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" t="s">
         <v>9</v>
       </c>
       <c r="B80" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C80">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="D80" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E80">
-        <v>882</v>
+        <v>984</v>
       </c>
       <c r="F80" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="G80">
-        <v>6440</v>
+        <v>7450</v>
       </c>
       <c r="H80">
-        <v>165</v>
+        <v>191</v>
       </c>
       <c r="I80" t="s">
         <v>17</v>
       </c>
       <c r="J80"/>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" t="s">
         <v>9</v>
       </c>
       <c r="B81" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C81">
-        <v>5111</v>
+        <v>5116</v>
       </c>
       <c r="D81" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E81">
-        <v>3174</v>
+        <v>3180</v>
       </c>
       <c r="F81" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="G81">
-        <v>278647</v>
+        <v>279716</v>
       </c>
       <c r="H81">
-        <v>7149</v>
+        <v>7176</v>
       </c>
       <c r="I81" t="s">
         <v>18</v>
       </c>
       <c r="J81"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>